--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Opleiding</t>
   </si>
   <si>
     <t>Individuele prijs</t>
   </si>
   <si>
     <t>Groepsprijs</t>
   </si>
   <si>
     <t>Systematisch storing zoeken</t>
   </si>
   <si>
     <t>Introductie inspecteur bij ProRail AM</t>
   </si>
   <si>
     <t>prijs n.n.b.</t>
   </si>
   <si>
     <t>Raakvlakken tussen techniekvelden</t>
   </si>
   <si>
@@ -68,56 +68,50 @@
   <si>
     <t>Introductie Safety management in productontwikkeling</t>
   </si>
   <si>
     <t>Wegwijs in de wereld van informatieoverdracht van ProRail</t>
   </si>
   <si>
     <t>Verdieping Safety Management in Productontwikkeling</t>
   </si>
   <si>
     <t>048-01</t>
   </si>
   <si>
     <t>Invulprofiel en lineaire objecten</t>
   </si>
   <si>
     <t>Didactische training</t>
   </si>
   <si>
     <t>Training Leermeester/Praktijkinstructeur</t>
   </si>
   <si>
     <t>Contact met (mogelijk) suïcidale personen</t>
   </si>
   <si>
-    <t>070M</t>
-[...4 lines deleted...]
-  <si>
     <t>Introductie Value Engineering ProRail</t>
   </si>
   <si>
     <t>Introductie Value Engineering</t>
   </si>
   <si>
     <t>Life Cycle Management ProRail</t>
   </si>
   <si>
     <t>Basisopleiding Bovenleiding</t>
   </si>
   <si>
     <t>Monteur Bovenleiding</t>
   </si>
   <si>
     <t>VOP RLA</t>
   </si>
   <si>
     <t>Vakdag VOP RLA</t>
   </si>
   <si>
     <t>EV-techniek</t>
   </si>
   <si>
     <t>Overige voedingen t.b.v. TBB-installaties</t>
@@ -155,50 +149,53 @@
   <si>
     <t>Heropleiding Werkverantwoordelijke Railinfravoedingen (RIV)</t>
   </si>
   <si>
     <t>Werkverantwoordelijke Tractievoeding (TRV) 1500V</t>
   </si>
   <si>
     <t>Heropleiding Werkverantwoordelijke Tractievoeding (TRV) 1500V</t>
   </si>
   <si>
     <t>VOP-Stroomrail RET voor E-deskundigen</t>
   </si>
   <si>
     <t>VOP-Stroomrail RET voor niet E-deskundigen</t>
   </si>
   <si>
     <t>VOP HTM BVL-schakelen voor E-deskundigen</t>
   </si>
   <si>
     <t>VOP HTM BVL-schakelen voor niet E-deskundigen</t>
   </si>
   <si>
     <t>GVB met Siemens installatie</t>
   </si>
   <si>
+    <t>Herinstructie VOP Stroomrail RET</t>
+  </si>
+  <si>
     <t>Kortsluiten bovenleiding incidentenbestrijding</t>
   </si>
   <si>
     <t>Ontwerpen Middenspanningsinstallaties(OVS 00013)</t>
   </si>
   <si>
     <t>Vakbekwaampersoon HS/LS (Stipel)</t>
   </si>
   <si>
     <t>Werkverantwoordelijke HS/LS (Stipel)</t>
   </si>
   <si>
     <t>25 kV opleiding</t>
   </si>
   <si>
     <t>25 kV-opleiding voor werkzaamheden aan LS-installaties</t>
   </si>
   <si>
     <t>Herinstructie 25 kV</t>
   </si>
   <si>
     <t>Toeganghebbend persoon VVW HS</t>
   </si>
   <si>
     <t>Bedieningsdeskundige OBI</t>
@@ -236,56 +233,62 @@
   <si>
     <t>Monteren stroomvoerende klemmen</t>
   </si>
   <si>
     <t>Secheron met Sepcos beveiliging</t>
   </si>
   <si>
     <t>Introductie Ondergrondse Infra</t>
   </si>
   <si>
     <t>Voorman Kabelinfra Spoorse Kabels</t>
   </si>
   <si>
     <t>Herinstructie Voorman Kabelinfra Spoorse Kabels</t>
   </si>
   <si>
     <t>Lassen (EMC-)Beveiligingskabels (verkort traject)</t>
   </si>
   <si>
     <t>Lassen (EMC-)Beveiligingskabels</t>
   </si>
   <si>
     <t>Lassen Verbindingsmof 3kV</t>
   </si>
   <si>
+    <t>Opleiding Spoortrilling IBS</t>
+  </si>
+  <si>
     <t>Lassen verbindingsmoffen 1500 Volt</t>
   </si>
   <si>
     <t>Lassen Verbindingsmof 10kV ABB kabeldon</t>
   </si>
   <si>
+    <t>Workshop E-WAK/E-LSO Installatie</t>
+  </si>
+  <si>
     <t>Lassen Verbindingsmof 10kV Lovisil</t>
   </si>
   <si>
     <t>Heractivering Lassen Verbindingsmof 10kV ABB kabeldon</t>
   </si>
   <si>
     <t>Heractivering Lassen Verbindingsmof 10kV Lovisil</t>
   </si>
   <si>
     <t>Herinstructie lassen verbindingsmof 3kV</t>
   </si>
   <si>
     <t>Mechanisch onderhoud overwegen</t>
   </si>
   <si>
     <t>Overweginstallatie Scheidt und Bachmann BUES2000</t>
   </si>
   <si>
     <t>Vrije Baan Beveiligingen: LS</t>
   </si>
   <si>
     <t>Vrije Baan Beveiligingen: APB</t>
   </si>
   <si>
     <t>Treindetectie Opus 44</t>
@@ -692,63 +695,63 @@
   <si>
     <t xml:space="preserve">Module B:  PIA/RAS aansluiting (B) USV/Powersupply			</t>
   </si>
   <si>
     <t>SIMIS kast</t>
   </si>
   <si>
     <t xml:space="preserve">Introductie opleiding SMIS-W/ILX	</t>
   </si>
   <si>
     <t>SIMIS-W / ILX</t>
   </si>
   <si>
     <t>MSTT / LEU / Balise Programmeren</t>
   </si>
   <si>
     <t>Herinstructie Emplacementsbeveiliging: PLC Interlocking</t>
   </si>
   <si>
     <t>Herinstructie Emplacementsbeveiliging: EBS+</t>
   </si>
   <si>
     <t>Montagemonteur Wisselstangen (HDL)</t>
   </si>
   <si>
-    <t>Montage Monteur AzLM</t>
-[...11 lines deleted...]
-    <t>Lanzenier</t>
+    <t>Montagemonteur AzLM</t>
+  </si>
+  <si>
+    <t>Montagemonteur  Kabelverdelers</t>
+  </si>
+  <si>
+    <t>Montagemonteur  Seinaspecten en wisselstanden</t>
+  </si>
+  <si>
+    <t>Montagemonteur  Assistent werkingstest</t>
+  </si>
+  <si>
+    <t>Montagemonteur  Lanzenier</t>
   </si>
   <si>
     <t>Algemene Instructie Taak Eigen Veiligheid</t>
   </si>
   <si>
     <t>View voor buitendienststelling (e-learning)</t>
   </si>
   <si>
     <t>Leertraject V&amp;G Coördinator Ontwerpfase (VGC-O)</t>
   </si>
   <si>
     <t>Leertraject V&amp;G Coördinator Uitvoeringsfase (VGC-U)</t>
   </si>
   <si>
     <t>V&amp;G proces voor de Rail Systems Engineers en Planontwikkelaar ProRail</t>
   </si>
   <si>
     <t>V&amp;G proces voor de Bouwmanager ProRail</t>
   </si>
   <si>
     <t>V&amp;G proces voor de Projectmanager ProRail</t>
   </si>
   <si>
     <t>Veiligheidsman/Grenswachter (VHM-GRW)</t>
   </si>
@@ -1168,51 +1171,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D257"/>
+  <dimension ref="A1:D259"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="155.67627" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1365,3462 +1368,3490 @@
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12">
         <v>1217</v>
       </c>
       <c r="D12">
         <v>8273</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>70</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13" t="s">
         <v>6</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
-      <c r="A14" t="s">
+      <c r="A14">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
         <v>18</v>
       </c>
-      <c r="B14" t="s">
-[...6 lines deleted...]
-        <v>6</v>
+      <c r="C14">
+        <v>210</v>
+      </c>
+      <c r="D14">
+        <v>1786</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C15">
-        <v>210</v>
+        <v>366</v>
       </c>
       <c r="D15">
-        <v>1786</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B16" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C16">
-        <v>366</v>
+        <v>665</v>
       </c>
       <c r="D16">
-        <v>3110</v>
+        <v>5653</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B17" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C17">
-        <v>665</v>
+        <v>3285</v>
       </c>
       <c r="D17">
-        <v>5653</v>
+        <v>16751</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18">
-        <v>3285</v>
+        <v>3647</v>
       </c>
       <c r="D18">
-        <v>16751</v>
+        <v>18601</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19">
-        <v>3647</v>
+        <v>386</v>
       </c>
       <c r="D19">
-        <v>18601</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B20" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C20">
-        <v>386</v>
+        <v>210</v>
       </c>
       <c r="D20">
-        <v>2623</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C21">
-        <v>210</v>
+        <v>3716</v>
       </c>
       <c r="D21">
-        <v>1431</v>
+        <v>12635</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B22" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C22">
-        <v>3716</v>
+        <v>1178</v>
       </c>
       <c r="D22">
-        <v>12635</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B23" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C23">
-        <v>1178</v>
+        <v>2112</v>
       </c>
       <c r="D23">
-        <v>4005</v>
+        <v>14363</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B24" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C24">
-        <v>2112</v>
+        <v>4607</v>
       </c>
       <c r="D24">
-        <v>14363</v>
+        <v>15664</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
-        <v>121</v>
+        <v>1218</v>
       </c>
       <c r="B25" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C25">
-        <v>4607</v>
+        <v>1197</v>
       </c>
       <c r="D25">
-        <v>15664</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
-        <v>1218</v>
+        <v>122</v>
       </c>
       <c r="B26" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C26">
-        <v>1197</v>
+        <v>7488</v>
       </c>
       <c r="D26">
-        <v>4070</v>
+        <v>25459</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
-        <v>122</v>
+        <v>1228</v>
       </c>
       <c r="B27" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C27">
-        <v>7488</v>
+        <v>1674</v>
       </c>
       <c r="D27">
-        <v>25459</v>
+        <v>5692</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
-        <v>1228</v>
+        <v>130</v>
       </c>
       <c r="B28" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C28">
-        <v>1674</v>
+        <v>2112</v>
       </c>
       <c r="D28">
-        <v>5692</v>
+        <v>14363</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B29" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C29">
-        <v>2112</v>
+        <v>4607</v>
       </c>
       <c r="D29">
-        <v>14363</v>
+        <v>15664</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B30" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C30">
-        <v>4607</v>
+        <v>7469</v>
       </c>
       <c r="D30">
-        <v>15664</v>
+        <v>25394</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="B31" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C31">
-        <v>7469</v>
+        <v>2609</v>
       </c>
       <c r="D31">
-        <v>25394</v>
+        <v>8870</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B32" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C32">
-        <v>2609</v>
+        <v>4607</v>
       </c>
       <c r="D32">
-        <v>8870</v>
+        <v>15664</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
-        <v>141</v>
+        <v>1418</v>
       </c>
       <c r="B33" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C33">
-        <v>4607</v>
+        <v>1197</v>
       </c>
       <c r="D33">
-        <v>15664</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
-        <v>1418</v>
+        <v>142</v>
       </c>
       <c r="B34" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C34">
-        <v>1197</v>
+        <v>6199</v>
       </c>
       <c r="D34">
-        <v>4070</v>
+        <v>21076</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
-        <v>142</v>
+        <v>1428</v>
       </c>
       <c r="B35" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C35">
-        <v>6199</v>
+        <v>1674</v>
       </c>
       <c r="D35">
-        <v>21076</v>
+        <v>5692</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
-        <v>1428</v>
+        <v>150</v>
       </c>
       <c r="B36" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C36">
-        <v>1674</v>
+        <v>397</v>
       </c>
       <c r="D36">
-        <v>5692</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C37">
-        <v>397</v>
+        <v>645</v>
       </c>
       <c r="D37">
-        <v>2700</v>
+        <v>4389</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B38" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C38">
-        <v>645</v>
+        <v>397</v>
       </c>
       <c r="D38">
-        <v>4389</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B39" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C39">
-        <v>397</v>
+        <v>645</v>
       </c>
       <c r="D39">
-        <v>2700</v>
+        <v>4389</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B40" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C40">
-        <v>645</v>
+        <v>974</v>
       </c>
       <c r="D40">
-        <v>4389</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B41" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C41">
-        <v>974</v>
+        <v>243</v>
       </c>
       <c r="D41">
-        <v>3311</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>160</v>
       </c>
       <c r="B42" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C42">
         <v>262</v>
       </c>
       <c r="D42">
         <v>2224</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>161</v>
       </c>
       <c r="B43" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C43">
         <v>5609</v>
       </c>
       <c r="D43">
         <v>28604</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>163</v>
       </c>
       <c r="B44" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C44">
         <v>2611</v>
       </c>
       <c r="D44">
         <v>13318</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>164</v>
       </c>
       <c r="B45" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C45">
         <v>3116</v>
       </c>
       <c r="D45">
         <v>15891</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>167</v>
       </c>
       <c r="B46" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C46">
         <v>1276</v>
       </c>
       <c r="D46">
         <v>8678</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>168</v>
       </c>
       <c r="B47" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C47">
         <v>170</v>
       </c>
       <c r="D47">
         <v>1736</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>169</v>
       </c>
       <c r="B48" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C48">
         <v>378</v>
       </c>
       <c r="D48">
         <v>2570</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>170</v>
       </c>
       <c r="B49" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C49">
         <v>252</v>
       </c>
       <c r="D49">
         <v>1284</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>171</v>
       </c>
       <c r="B50" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C50">
         <v>1752</v>
       </c>
       <c r="D50">
         <v>7447</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>172</v>
       </c>
       <c r="B51" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C51">
         <v>2514</v>
       </c>
       <c r="D51">
         <v>8549</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>173</v>
       </c>
       <c r="B52" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C52">
         <v>7290</v>
       </c>
       <c r="D52">
         <v>24785</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>174</v>
       </c>
       <c r="B53" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C53">
         <v>13186</v>
       </c>
       <c r="D53">
         <v>56042</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>183</v>
       </c>
       <c r="B54" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C54">
         <v>1083</v>
       </c>
       <c r="D54">
         <v>3684</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>185</v>
       </c>
       <c r="B55" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C55">
         <v>101</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>187</v>
       </c>
       <c r="B56" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C56">
         <v>607</v>
       </c>
       <c r="D56">
         <v>2062</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>188</v>
       </c>
       <c r="B57" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C57">
         <v>1178</v>
       </c>
       <c r="D57">
         <v>4005</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>189</v>
       </c>
       <c r="B58" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C58">
         <v>607</v>
       </c>
       <c r="D58">
         <v>2062</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>191</v>
       </c>
       <c r="B59" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C59">
         <v>607</v>
       </c>
       <c r="D59">
         <v>2062</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>192</v>
       </c>
       <c r="B60" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C60">
         <v>940</v>
       </c>
       <c r="D60">
         <v>1598</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>193</v>
       </c>
       <c r="B61" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C61">
         <v>607</v>
       </c>
       <c r="D61">
         <v>2062</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>197</v>
       </c>
       <c r="B62" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C62">
         <v>607</v>
       </c>
       <c r="D62">
         <v>2062</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>205</v>
       </c>
       <c r="B63" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C63">
         <v>479</v>
       </c>
       <c r="D63">
         <v>3254</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>206</v>
       </c>
       <c r="B64" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C64">
         <v>2142</v>
       </c>
       <c r="D64">
         <v>10923</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>207</v>
       </c>
       <c r="B65" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C65">
         <v>549</v>
       </c>
       <c r="D65">
         <v>3736</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>219</v>
       </c>
       <c r="B66" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C66">
         <v>571</v>
       </c>
       <c r="D66">
         <v>2911</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>220</v>
       </c>
       <c r="B67" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C67">
-        <v>1506</v>
+        <v>1973</v>
       </c>
       <c r="D67">
-        <v>7681</v>
+        <v>7892</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>235</v>
       </c>
       <c r="B68" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C68">
-        <v>925</v>
+        <v>1215</v>
       </c>
       <c r="D68">
-        <v>4717</v>
+        <v>4858</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
-        <v>243</v>
+        <v>24094</v>
       </c>
       <c r="B69" t="s">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>5475</v>
+        <v>73</v>
+      </c>
+      <c r="C69" t="s">
+        <v>6</v>
+      </c>
+      <c r="D69" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="B70" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C70">
-        <v>822</v>
+        <v>1306</v>
       </c>
       <c r="D70">
-        <v>2795</v>
+        <v>5224</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B71" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C71">
-        <v>971</v>
+        <v>822</v>
       </c>
       <c r="D71">
-        <v>3303</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
-        <v>280</v>
+        <v>25098</v>
       </c>
       <c r="B72" t="s">
-        <v>77</v>
-[...5 lines deleted...]
-        <v>2178</v>
+        <v>76</v>
+      </c>
+      <c r="C72" t="s">
+        <v>6</v>
+      </c>
+      <c r="D72" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
-        <v>284</v>
+        <v>254</v>
       </c>
       <c r="B73" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C73">
-        <v>790</v>
+        <v>971</v>
       </c>
       <c r="D73">
-        <v>2687</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="B74" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C74">
-        <v>805</v>
+        <v>641</v>
       </c>
       <c r="D74">
-        <v>4104</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
-        <v>317</v>
+        <v>284</v>
       </c>
       <c r="B75" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C75">
-        <v>721</v>
+        <v>790</v>
       </c>
       <c r="D75">
-        <v>2452</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
-        <v>318</v>
+        <v>285</v>
       </c>
       <c r="B76" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C76">
-        <v>1675</v>
+        <v>805</v>
       </c>
       <c r="D76">
-        <v>5695</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C77">
-        <v>3532</v>
+        <v>721</v>
       </c>
       <c r="D77">
-        <v>12008</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="B78" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C78">
-        <v>4624</v>
+        <v>1675</v>
       </c>
       <c r="D78">
-        <v>15720</v>
+        <v>5695</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B79" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C79">
-        <v>1239</v>
+        <v>3532</v>
       </c>
       <c r="D79">
-        <v>4212</v>
+        <v>12008</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="B80" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C80">
-        <v>1730</v>
+        <v>4624</v>
       </c>
       <c r="D80">
-        <v>5881</v>
+        <v>15720</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="B81" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C81">
-        <v>2719</v>
+        <v>1239</v>
       </c>
       <c r="D81">
-        <v>9245</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B82" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C82">
-        <v>1308</v>
+        <v>1730</v>
       </c>
       <c r="D82">
-        <v>4447</v>
+        <v>5881</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B83" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C83">
-        <v>2798</v>
+        <v>2719</v>
       </c>
       <c r="D83">
-        <v>9513</v>
+        <v>9245</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B84" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C84">
-        <v>955</v>
+        <v>1308</v>
       </c>
       <c r="D84">
-        <v>3248</v>
+        <v>4447</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B85" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C85">
-        <v>3108</v>
+        <v>2798</v>
       </c>
       <c r="D85">
-        <v>10566</v>
+        <v>9513</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B86" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C86">
-        <v>1730</v>
+        <v>955</v>
       </c>
       <c r="D86">
-        <v>2881</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="B87" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C87">
-        <v>358</v>
+        <v>3108</v>
       </c>
       <c r="D87">
-        <v>1827</v>
+        <v>10566</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="B88" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C88">
-        <v>3670</v>
+        <v>1730</v>
       </c>
       <c r="D88">
-        <v>12477</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="B89" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C89">
-        <v>6382</v>
+        <v>358</v>
       </c>
       <c r="D89">
-        <v>21698</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="B90" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C90">
-        <v>1665</v>
+        <v>3670</v>
       </c>
       <c r="D90">
-        <v>5661</v>
+        <v>12477</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="B91" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C91">
-        <v>2445</v>
+        <v>6382</v>
       </c>
       <c r="D91">
-        <v>4157</v>
+        <v>21698</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B92" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C92">
-        <v>501</v>
+        <v>1665</v>
       </c>
       <c r="D92">
-        <v>3405</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
-        <v>369</v>
+        <v>344</v>
       </c>
       <c r="B93" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C93">
-        <v>1044</v>
+        <v>2445</v>
       </c>
       <c r="D93">
-        <v>1775</v>
+        <v>4157</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
-        <v>370</v>
+        <v>345</v>
       </c>
       <c r="B94" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C94">
-        <v>1675</v>
+        <v>501</v>
       </c>
       <c r="D94">
-        <v>5695</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="B95" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C95">
-        <v>1103</v>
+        <v>1044</v>
       </c>
       <c r="D95">
-        <v>3752</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B96" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C96">
-        <v>324</v>
+        <v>1675</v>
       </c>
       <c r="D96">
-        <v>1101</v>
+        <v>5695</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B97" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C97">
-        <v>371</v>
+        <v>1103</v>
       </c>
       <c r="D97">
-        <v>1262</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B98" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C98">
-        <v>1714</v>
+        <v>324</v>
       </c>
       <c r="D98">
-        <v>5829</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B99" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C99">
-        <v>4622</v>
+        <v>371</v>
       </c>
       <c r="D99">
-        <v>7858</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="B100" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C100">
-        <v>1845</v>
+        <v>1714</v>
       </c>
       <c r="D100">
-        <v>3136</v>
+        <v>5829</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B101" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C101">
-        <v>1103</v>
+        <v>4622</v>
       </c>
       <c r="D101">
-        <v>3752</v>
+        <v>7858</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B102" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C102">
-        <v>627</v>
+        <v>1845</v>
       </c>
       <c r="D102">
-        <v>2130</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B103" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C103">
-        <v>1083</v>
+        <v>1103</v>
       </c>
       <c r="D103">
-        <v>3684</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B104" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C104">
         <v>627</v>
       </c>
       <c r="D104">
-        <v>2131</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B105" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C105">
-        <v>2132</v>
+        <v>1083</v>
       </c>
       <c r="D105">
-        <v>7248</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B106" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C106">
-        <v>612</v>
+        <v>627</v>
       </c>
       <c r="D106">
-        <v>2079</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B107" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C107">
-        <v>1441</v>
+        <v>2132</v>
       </c>
       <c r="D107">
-        <v>4899</v>
+        <v>7248</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B108" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C108">
-        <v>1024</v>
+        <v>612</v>
       </c>
       <c r="D108">
-        <v>3483</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B109" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C109">
-        <v>1178</v>
+        <v>1441</v>
       </c>
       <c r="D109">
-        <v>4005</v>
+        <v>4899</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B110" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C110">
-        <v>882</v>
+        <v>1024</v>
       </c>
       <c r="D110">
-        <v>3000</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B111" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C111">
-        <v>1093</v>
+        <v>1178</v>
       </c>
       <c r="D111">
-        <v>3718</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="B112" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C112">
-        <v>1188</v>
+        <v>882</v>
       </c>
       <c r="D112">
-        <v>4039</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B113" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C113">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="D113">
-        <v>3684</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B114" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C114">
-        <v>2132</v>
+        <v>1188</v>
       </c>
       <c r="D114">
-        <v>7248</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
-        <v>411</v>
+        <v>396</v>
       </c>
       <c r="B115" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C115">
-        <v>187</v>
+        <v>1083</v>
       </c>
       <c r="D115">
-        <v>636</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
-        <v>425</v>
+        <v>397</v>
       </c>
       <c r="B116" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C116">
-        <v>1006</v>
+        <v>2132</v>
       </c>
       <c r="D116">
-        <v>6844</v>
+        <v>7248</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="B117" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C117">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>187</v>
+      </c>
+      <c r="D117">
+        <v>636</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
-        <v>450</v>
+        <v>425</v>
       </c>
       <c r="B118" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C118">
-        <v>539</v>
+        <v>1006</v>
       </c>
       <c r="D118">
-        <v>1834</v>
+        <v>6844</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
-        <v>451</v>
+        <v>426</v>
       </c>
       <c r="B119" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C119">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>1868</v>
+        <v>53</v>
+      </c>
+      <c r="D119" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B120" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C120">
         <v>539</v>
       </c>
       <c r="D120">
         <v>1834</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="B121" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C121">
-        <v>581</v>
+        <v>549</v>
       </c>
       <c r="D121">
-        <v>2467</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B122" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C122">
-        <v>965</v>
+        <v>539</v>
       </c>
       <c r="D122">
-        <v>3281</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B123" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C123">
-        <v>902</v>
+        <v>581</v>
       </c>
       <c r="D123">
-        <v>3067</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B124" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C124">
-        <v>902</v>
+        <v>965</v>
       </c>
       <c r="D124">
-        <v>3067</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="B125" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>131</v>
+        <v>129</v>
+      </c>
+      <c r="C125">
+        <v>902</v>
+      </c>
+      <c r="D125">
+        <v>3067</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B126" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C126">
-        <v>539</v>
+        <v>902</v>
       </c>
       <c r="D126">
-        <v>1834</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="B127" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>2317</v>
+        <v>131</v>
+      </c>
+      <c r="C127" t="s">
+        <v>6</v>
+      </c>
+      <c r="D127" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B128" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C128">
         <v>539</v>
       </c>
       <c r="D128">
         <v>1834</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B129" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C129">
         <v>681</v>
       </c>
       <c r="D129">
         <v>2317</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B130" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C130">
-        <v>287</v>
+        <v>539</v>
       </c>
       <c r="D130">
-        <v>977</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B131" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C131">
-        <v>409</v>
+        <v>681</v>
       </c>
       <c r="D131">
-        <v>1738</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B132" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C132">
-        <v>358</v>
+        <v>287</v>
       </c>
       <c r="D132">
-        <v>1218</v>
+        <v>977</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="B133" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C133">
-        <v>681</v>
+        <v>409</v>
       </c>
       <c r="D133">
-        <v>2317</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="B134" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C134">
-        <v>539</v>
+        <v>358</v>
       </c>
       <c r="D134">
-        <v>1834</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B135" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C135">
-        <v>902</v>
+        <v>681</v>
       </c>
       <c r="D135">
-        <v>3067</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B136" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C136">
-        <v>397</v>
+        <v>539</v>
       </c>
       <c r="D136">
-        <v>3378</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="B137" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C137">
-        <v>358</v>
+        <v>902</v>
       </c>
       <c r="D137">
-        <v>1218</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B138" t="s">
-        <v>144</v>
-[...5 lines deleted...]
-        <v>131</v>
+        <v>143</v>
+      </c>
+      <c r="C138">
+        <v>397</v>
+      </c>
+      <c r="D138">
+        <v>3378</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B139" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C139">
-        <v>556</v>
+        <v>358</v>
       </c>
       <c r="D139">
-        <v>2363</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="B140" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>2020</v>
+        <v>145</v>
+      </c>
+      <c r="C140" t="s">
+        <v>132</v>
+      </c>
+      <c r="D140" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B141" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C141">
-        <v>539</v>
+        <v>556</v>
       </c>
       <c r="D141">
-        <v>1834</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B142" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C142">
-        <v>539</v>
+        <v>297</v>
       </c>
       <c r="D142">
-        <v>1834</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B143" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C143">
-        <v>297</v>
+        <v>539</v>
       </c>
       <c r="D143">
-        <v>2020</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="B144" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C144">
-        <v>488</v>
+        <v>539</v>
       </c>
       <c r="D144">
-        <v>3320</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="B145" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C145">
         <v>297</v>
       </c>
       <c r="D145">
         <v>2020</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146">
-        <v>513</v>
+        <v>483</v>
       </c>
       <c r="B146" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C146">
-        <v>701</v>
+        <v>488</v>
       </c>
       <c r="D146">
-        <v>2384</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147">
-        <v>541</v>
+        <v>484</v>
       </c>
       <c r="B147" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C147">
-        <v>2675</v>
+        <v>297</v>
       </c>
       <c r="D147">
-        <v>9094</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148">
-        <v>545</v>
+        <v>513</v>
       </c>
       <c r="B148" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C148">
-        <v>1566</v>
+        <v>701</v>
       </c>
       <c r="D148">
-        <v>5323</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149">
-        <v>602</v>
+        <v>541</v>
       </c>
       <c r="B149" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C149">
-        <v>3304</v>
+        <v>2675</v>
       </c>
       <c r="D149">
-        <v>28087</v>
+        <v>9094</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
-        <v>610</v>
+        <v>545</v>
       </c>
       <c r="B150" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C150">
-        <v>1044</v>
+        <v>1566</v>
       </c>
       <c r="D150">
-        <v>3549</v>
+        <v>5323</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
-        <v>619</v>
+        <v>602</v>
       </c>
       <c r="B151" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C151">
-        <v>161</v>
+        <v>3304</v>
       </c>
       <c r="D151">
-        <v>1098</v>
+        <v>28087</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
+        <v>610</v>
+      </c>
+      <c r="B152" t="s">
+        <v>157</v>
+      </c>
+      <c r="C152">
+        <v>1044</v>
+      </c>
+      <c r="D152">
+        <v>3549</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153">
+        <v>619</v>
+      </c>
+      <c r="B153" t="s">
+        <v>158</v>
+      </c>
+      <c r="C153">
+        <v>161</v>
+      </c>
+      <c r="D153">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154">
         <v>620</v>
       </c>
-      <c r="B152" t="s">
-[...2 lines deleted...]
-      <c r="C152">
+      <c r="B154" t="s">
+        <v>159</v>
+      </c>
+      <c r="C154">
         <v>5584</v>
       </c>
-      <c r="D152">
+      <c r="D154">
         <v>14240</v>
-      </c>
-[...26 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B155" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C155">
-        <v>1426</v>
+        <v>5482</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B156" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>161</v>
+      </c>
+      <c r="C156">
+        <v>2818</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
-      <c r="A157">
-        <v>622</v>
+      <c r="A157" t="s">
+        <v>163</v>
       </c>
       <c r="B157" t="s">
+        <v>161</v>
+      </c>
+      <c r="C157">
+        <v>1426</v>
+      </c>
+      <c r="D157" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>164</v>
+      </c>
+      <c r="B158" t="s">
         <v>165</v>
       </c>
-      <c r="C157">
-[...17 lines deleted...]
-        <v>26215</v>
+      <c r="C158" t="s">
+        <v>6</v>
+      </c>
+      <c r="D158" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="B159" t="s">
-        <v>167</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>166</v>
+      </c>
+      <c r="C159">
+        <v>329</v>
+      </c>
+      <c r="D159">
+        <v>2237</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="B160" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C160">
-        <v>4675</v>
+        <v>3855</v>
       </c>
       <c r="D160">
-        <v>23841</v>
+        <v>26215</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161">
-        <v>645</v>
+        <v>632</v>
       </c>
       <c r="B161" t="s">
-        <v>169</v>
-[...5 lines deleted...]
-        <v>1519</v>
+        <v>168</v>
+      </c>
+      <c r="C161" t="s">
+        <v>6</v>
+      </c>
+      <c r="D161" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="B162" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C162">
-        <v>882</v>
+        <v>4675</v>
       </c>
       <c r="D162">
-        <v>4500</v>
+        <v>23841</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="B163" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C163">
-        <v>931</v>
+        <v>447</v>
       </c>
       <c r="D163">
-        <v>2374</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="B164" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C164">
-        <v>597</v>
+        <v>882</v>
       </c>
       <c r="D164">
-        <v>1523</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="B165" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C165">
-        <v>732</v>
+        <v>931</v>
       </c>
       <c r="D165">
-        <v>4978</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166">
-        <v>665</v>
+        <v>654</v>
       </c>
       <c r="B166" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C166">
-        <v>636</v>
+        <v>597</v>
       </c>
       <c r="D166">
-        <v>2161</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="B167" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C167">
-        <v>399</v>
+        <v>732</v>
       </c>
       <c r="D167">
-        <v>8139</v>
+        <v>4978</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168">
-        <v>671</v>
+        <v>665</v>
       </c>
       <c r="B168" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>175</v>
+      </c>
+      <c r="C168">
+        <v>636</v>
+      </c>
+      <c r="D168">
+        <v>2161</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="B169" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C169">
-        <v>3701</v>
+        <v>399</v>
       </c>
       <c r="D169">
-        <v>28311</v>
+        <v>8139</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="B170" t="s">
-        <v>178</v>
-[...5 lines deleted...]
-        <v>28311</v>
+        <v>177</v>
+      </c>
+      <c r="C170" t="s">
+        <v>6</v>
+      </c>
+      <c r="D170" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="B171" t="s">
-        <v>179</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>178</v>
+      </c>
+      <c r="C171">
+        <v>3701</v>
+      </c>
+      <c r="D171">
+        <v>28311</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="B172" t="s">
-        <v>180</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>179</v>
+      </c>
+      <c r="C172">
+        <v>3701</v>
+      </c>
+      <c r="D172">
+        <v>28311</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="B173" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>180</v>
+      </c>
+      <c r="C173" t="s">
+        <v>6</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="B174" t="s">
-        <v>182</v>
-[...5 lines deleted...]
-        <v>910</v>
+        <v>181</v>
+      </c>
+      <c r="C174" t="s">
+        <v>6</v>
+      </c>
+      <c r="D174" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="B175" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>182</v>
+      </c>
+      <c r="C175">
+        <v>175</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176">
-        <v>697</v>
+        <v>681</v>
       </c>
       <c r="B176" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C176">
-        <v>5964</v>
+        <v>357</v>
       </c>
       <c r="D176">
-        <v>30415</v>
+        <v>910</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177">
-        <v>698</v>
+        <v>690</v>
       </c>
       <c r="B177" t="s">
-        <v>185</v>
-[...5 lines deleted...]
-        <v>18812</v>
+        <v>184</v>
+      </c>
+      <c r="C177" t="s">
+        <v>132</v>
+      </c>
+      <c r="D177" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B178" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>185</v>
+      </c>
+      <c r="C178">
+        <v>5964</v>
+      </c>
+      <c r="D178">
+        <v>30415</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="B179" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C179">
-        <v>6020</v>
+        <v>3689</v>
       </c>
       <c r="D179">
-        <v>40933</v>
+        <v>18812</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180">
-        <v>711</v>
+        <v>699</v>
       </c>
       <c r="B180" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>3657</v>
+        <v>187</v>
+      </c>
+      <c r="C180" t="s">
+        <v>6</v>
+      </c>
+      <c r="D180" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181">
-        <v>715</v>
+        <v>701</v>
       </c>
       <c r="B181" t="s">
-        <v>189</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>188</v>
+      </c>
+      <c r="C181">
+        <v>6020</v>
+      </c>
+      <c r="D181">
+        <v>40933</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="B182" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C182">
-        <v>4050</v>
+        <v>717</v>
       </c>
       <c r="D182">
-        <v>13769</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="B183" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C183">
-        <v>549</v>
+        <v>582</v>
       </c>
       <c r="D183">
-        <v>1868</v>
+        <v>4423</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="B184" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C184">
-        <v>453</v>
+        <v>4050</v>
       </c>
       <c r="D184">
-        <v>2308</v>
+        <v>13769</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185">
-        <v>723</v>
+        <v>717</v>
       </c>
       <c r="B185" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C185">
-        <v>4366</v>
+        <v>549</v>
       </c>
       <c r="D185">
-        <v>14843</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="B186" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C186">
-        <v>882</v>
+        <v>453</v>
       </c>
       <c r="D186">
-        <v>1500</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="B187" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C187">
-        <v>2729</v>
+        <v>4366</v>
       </c>
       <c r="D187">
-        <v>4639</v>
+        <v>14843</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="B188" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C188">
-        <v>1854</v>
+        <v>882</v>
       </c>
       <c r="D188">
-        <v>6304</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B189" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C189">
-        <v>1367</v>
+        <v>2729</v>
       </c>
       <c r="D189">
-        <v>4648</v>
+        <v>4639</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190">
-        <v>743</v>
+        <v>726</v>
       </c>
       <c r="B190" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C190">
-        <v>6992</v>
+        <v>1854</v>
       </c>
       <c r="D190">
-        <v>23772</v>
+        <v>6304</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191">
-        <v>744</v>
+        <v>727</v>
       </c>
       <c r="B191" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C191">
-        <v>10019</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>1367</v>
+      </c>
+      <c r="D191">
+        <v>4648</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="B192" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C192">
-        <v>2719</v>
+        <v>6992</v>
       </c>
       <c r="D192">
-        <v>4622</v>
+        <v>23772</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="B193" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C193">
-        <v>4781</v>
-[...2 lines deleted...]
-        <v>16256</v>
+        <v>10019</v>
+      </c>
+      <c r="D193" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="B194" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C194">
-        <v>4452</v>
+        <v>2719</v>
       </c>
       <c r="D194">
-        <v>15136</v>
+        <v>4622</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="B195" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C195">
-        <v>3255</v>
+        <v>4781</v>
       </c>
       <c r="D195">
-        <v>11067</v>
+        <v>16256</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B196" t="s">
-        <v>204</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>203</v>
+      </c>
+      <c r="C196">
+        <v>4452</v>
+      </c>
+      <c r="D196">
+        <v>15136</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="B197" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C197">
-        <v>3127</v>
+        <v>3255</v>
       </c>
       <c r="D197">
-        <v>21264</v>
+        <v>11067</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="B198" t="s">
-        <v>206</v>
-[...5 lines deleted...]
-        <v>10990</v>
+        <v>205</v>
+      </c>
+      <c r="C198" t="s">
+        <v>6</v>
+      </c>
+      <c r="D198" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="B199" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C199">
-        <v>2920</v>
+        <v>3127</v>
       </c>
       <c r="D199">
-        <v>24823</v>
+        <v>21264</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="B200" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C200">
-        <v>3827</v>
+        <v>1616</v>
       </c>
       <c r="D200">
-        <v>13012</v>
+        <v>10990</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201">
-        <v>767</v>
+        <v>759</v>
       </c>
       <c r="B201" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C201">
-        <v>2723</v>
+        <v>2920</v>
       </c>
       <c r="D201">
-        <v>13890</v>
+        <v>24823</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="B202" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C202">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>3827</v>
+      </c>
+      <c r="D202">
+        <v>13012</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="B203" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C203">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>2723</v>
+      </c>
+      <c r="D203">
+        <v>13890</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204">
-        <v>781</v>
+        <v>775</v>
       </c>
       <c r="B204" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C204">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>1685</v>
+        <v>87</v>
+      </c>
+      <c r="D204" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="B205" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C205">
-        <v>2034</v>
-[...2 lines deleted...]
-        <v>10376</v>
+        <v>75</v>
+      </c>
+      <c r="D205" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="B206" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C206">
-        <v>1571</v>
+        <v>496</v>
       </c>
       <c r="D206">
-        <v>5343</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="B207" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C207">
-        <v>1178</v>
+        <v>2034</v>
       </c>
       <c r="D207">
-        <v>4005</v>
+        <v>10376</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="B208" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C208">
-        <v>1730</v>
+        <v>1571</v>
       </c>
       <c r="D208">
-        <v>5881</v>
+        <v>5343</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="B209" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C209">
-        <v>2435</v>
+        <v>1178</v>
       </c>
       <c r="D209">
-        <v>8280</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210">
-        <v>7941</v>
+        <v>790</v>
       </c>
       <c r="B210" t="s">
-        <v>218</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>217</v>
+      </c>
+      <c r="C210">
+        <v>1730</v>
+      </c>
+      <c r="D210">
+        <v>5881</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211">
-        <v>7942</v>
+        <v>791</v>
       </c>
       <c r="B211" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>218</v>
+      </c>
+      <c r="C211">
+        <v>2435</v>
       </c>
       <c r="D211">
-        <v>3236</v>
+        <v>8280</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212">
-        <v>7943</v>
+        <v>7941</v>
       </c>
       <c r="B212" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C212" t="s">
         <v>6</v>
       </c>
-      <c r="D212">
-        <v>2223</v>
+      <c r="D212" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213">
-        <v>7944</v>
+        <v>7942</v>
       </c>
       <c r="B213" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C213" t="s">
         <v>6</v>
       </c>
       <c r="D213">
-        <v>6319</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214">
-        <v>7945</v>
+        <v>7943</v>
       </c>
       <c r="B214" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C214" t="s">
         <v>6</v>
       </c>
       <c r="D214">
-        <v>2007</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215">
-        <v>795</v>
+        <v>7944</v>
       </c>
       <c r="B215" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>1740</v>
+        <v>222</v>
+      </c>
+      <c r="C215" t="s">
+        <v>6</v>
       </c>
       <c r="D215">
-        <v>2958</v>
+        <v>6319</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216">
-        <v>796</v>
+        <v>7945</v>
       </c>
       <c r="B216" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>16411</v>
+        <v>223</v>
+      </c>
+      <c r="C216" t="s">
+        <v>6</v>
       </c>
       <c r="D216">
-        <v>27898</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217">
-        <v>8702</v>
+        <v>795</v>
       </c>
       <c r="B217" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C217">
-        <v>1122</v>
+        <v>1740</v>
       </c>
       <c r="D217">
-        <v>3814</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218">
-        <v>8703</v>
+        <v>796</v>
       </c>
       <c r="B218" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C218">
-        <v>831</v>
+        <v>16411</v>
       </c>
       <c r="D218">
-        <v>2825</v>
+        <v>27898</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219">
-        <v>8704</v>
+        <v>8702</v>
       </c>
       <c r="B219" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C219">
-        <v>644</v>
+        <v>1122</v>
       </c>
       <c r="D219">
-        <v>3285</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220">
-        <v>8705</v>
+        <v>8703</v>
       </c>
       <c r="B220" t="s">
-        <v>228</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>227</v>
+      </c>
+      <c r="C220">
+        <v>831</v>
+      </c>
+      <c r="D220">
+        <v>2825</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221">
-        <v>8706</v>
+        <v>8704</v>
       </c>
       <c r="B221" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>228</v>
+      </c>
+      <c r="C221">
+        <v>644</v>
+      </c>
+      <c r="D221">
+        <v>3285</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222">
-        <v>8707</v>
+        <v>8705</v>
       </c>
       <c r="B222" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C222" t="s">
         <v>6</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223">
-        <v>901</v>
+        <v>8706</v>
       </c>
       <c r="B223" t="s">
-        <v>231</v>
-[...5 lines deleted...]
-        <v>1700</v>
+        <v>230</v>
+      </c>
+      <c r="C223" t="s">
+        <v>6</v>
+      </c>
+      <c r="D223" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224">
-        <v>906</v>
+        <v>8707</v>
       </c>
       <c r="B224" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>231</v>
+      </c>
+      <c r="C224" t="s">
+        <v>6</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225">
-        <v>912</v>
+        <v>901</v>
       </c>
       <c r="B225" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C225">
+        <v>190</v>
+      </c>
+      <c r="D225">
         <v>1700</v>
-      </c>
-[...1 lines deleted...]
-        <v>11561</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226">
-        <v>913</v>
+        <v>906</v>
       </c>
       <c r="B226" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C226">
-        <v>1700</v>
-[...2 lines deleted...]
-        <v>11561</v>
+        <v>101</v>
+      </c>
+      <c r="D226" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="B227" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C227">
-        <v>376</v>
+        <v>1700</v>
       </c>
       <c r="D227">
-        <v>2559</v>
+        <v>11561</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="B228" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C228">
-        <v>376</v>
+        <v>1700</v>
       </c>
       <c r="D228">
-        <v>2559</v>
+        <v>11561</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="B229" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C229">
         <v>376</v>
       </c>
       <c r="D229">
         <v>2559</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230">
-        <v>930</v>
+        <v>915</v>
       </c>
       <c r="B230" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C230">
-        <v>399</v>
+        <v>376</v>
       </c>
       <c r="D230">
-        <v>2713</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231">
-        <v>931</v>
+        <v>916</v>
       </c>
       <c r="B231" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C231">
-        <v>346</v>
+        <v>376</v>
       </c>
       <c r="D231">
-        <v>2350</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="B232" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C232">
-        <v>789</v>
+        <v>399</v>
       </c>
       <c r="D232">
-        <v>5363</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233">
-        <v>936</v>
+        <v>931</v>
       </c>
       <c r="B233" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C233">
-        <v>547</v>
+        <v>346</v>
       </c>
       <c r="D233">
-        <v>3722</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234">
-        <v>941</v>
+        <v>935</v>
       </c>
       <c r="B234" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C234">
-        <v>1723</v>
+        <v>789</v>
       </c>
       <c r="D234">
-        <v>11718</v>
+        <v>5363</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="B235" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C235">
-        <v>178</v>
+        <v>547</v>
       </c>
       <c r="D235">
-        <v>1213</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="B236" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C236">
-        <v>178</v>
+        <v>1723</v>
       </c>
       <c r="D236">
-        <v>1213</v>
+        <v>11718</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="B237" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C237">
-        <v>874</v>
+        <v>178</v>
       </c>
       <c r="D237">
-        <v>5943</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="B238" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C238">
         <v>178</v>
       </c>
       <c r="D238">
         <v>1213</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="B239" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C239">
-        <v>178</v>
+        <v>874</v>
       </c>
       <c r="D239">
-        <v>1213</v>
+        <v>5943</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="B240" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C240">
-        <v>287</v>
+        <v>178</v>
       </c>
       <c r="D240">
-        <v>1221</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="B241" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C241">
-        <v>1237</v>
+        <v>178</v>
       </c>
       <c r="D241">
-        <v>8409</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="B242" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C242">
-        <v>2230</v>
+        <v>287</v>
       </c>
       <c r="D242">
-        <v>15163</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="B243" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C243">
-        <v>3250</v>
+        <v>1237</v>
       </c>
       <c r="D243">
-        <v>16577</v>
+        <v>8409</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="B244" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C244">
-        <v>14260</v>
+        <v>2230</v>
       </c>
       <c r="D244">
-        <v>24242</v>
+        <v>15163</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="B245" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C245">
-        <v>593</v>
+        <v>3250</v>
       </c>
       <c r="D245">
-        <v>3025</v>
+        <v>16577</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246">
-        <v>963</v>
+        <v>954</v>
       </c>
       <c r="B246" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C246">
-        <v>532</v>
+        <v>14260</v>
       </c>
       <c r="D246">
-        <v>5428</v>
+        <v>24242</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247">
-        <v>974</v>
+        <v>955</v>
       </c>
       <c r="B247" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C247">
-        <v>457</v>
+        <v>593</v>
       </c>
       <c r="D247">
-        <v>1553</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248">
-        <v>980</v>
+        <v>963</v>
       </c>
       <c r="B248" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C248">
-        <v>331</v>
+        <v>532</v>
       </c>
       <c r="D248">
-        <v>2248</v>
+        <v>5428</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249">
-        <v>991</v>
+        <v>974</v>
       </c>
       <c r="B249" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C249">
-        <v>626</v>
+        <v>457</v>
       </c>
       <c r="D249">
-        <v>4258</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250">
-        <v>992</v>
+        <v>980</v>
       </c>
       <c r="B250" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C250">
-        <v>386</v>
+        <v>331</v>
       </c>
       <c r="D250">
-        <v>2623</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="B251" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C251">
-        <v>340</v>
+        <v>626</v>
       </c>
       <c r="D251">
-        <v>2313</v>
+        <v>4258</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="B252" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C252">
-        <v>589</v>
+        <v>386</v>
       </c>
       <c r="D252">
-        <v>4002</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B253" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C253">
-        <v>541</v>
+        <v>604</v>
       </c>
       <c r="D253">
-        <v>3680</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="B254" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C254">
-        <v>293</v>
+        <v>589</v>
       </c>
       <c r="D254">
-        <v>1992</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="B255" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C255">
-        <v>340</v>
+        <v>541</v>
       </c>
       <c r="D255">
-        <v>2313</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="B256" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C256">
-        <v>340</v>
+        <v>293</v>
       </c>
       <c r="D256">
-        <v>2313</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257">
+        <v>997</v>
+      </c>
+      <c r="B257" t="s">
+        <v>264</v>
+      </c>
+      <c r="C257">
+        <v>340</v>
+      </c>
+      <c r="D257">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258">
+        <v>998</v>
+      </c>
+      <c r="B258" t="s">
+        <v>265</v>
+      </c>
+      <c r="C258">
+        <v>340</v>
+      </c>
+      <c r="D258">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259">
         <v>999</v>
       </c>
-      <c r="B257" t="s">
-[...2 lines deleted...]
-      <c r="C257">
+      <c r="B259" t="s">
+        <v>266</v>
+      </c>
+      <c r="C259">
         <v>368</v>
       </c>
-      <c r="D257">
+      <c r="D259">
         <v>1251</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -4831,32 +4862,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>C4 WebConnect Portal</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Tarieven opleidingen Railcenter 2025-10-15</dc:title>
+  <dc:title>Tarieven opleidingen Railcenter 2025-12-07</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>