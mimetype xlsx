--- v1 (2025-12-07)
+++ v2 (2026-03-01)
@@ -380,50 +380,53 @@
   <si>
     <t>Herinstructie Treindetectie: PSSSL, ATB 1e generatie</t>
   </si>
   <si>
     <t>Herinstructie Treindetectie Assentelsysteem Az L90-4</t>
   </si>
   <si>
     <t>Herinstructie ATB Nieuwe generatie (ATB-NG)</t>
   </si>
   <si>
     <t>Herinstructie Emplacementsbeveiliging: VPI</t>
   </si>
   <si>
     <t>Herinstructie Wissels mechanisch EBI switch en NSE</t>
   </si>
   <si>
     <t>Herinstructie Wissels elektrisch</t>
   </si>
   <si>
     <t>Herinstructie Emplacementsbeveiliging: NX'68 inclusief LCE</t>
   </si>
   <si>
     <t>Expert Judgement voor Inspecteur SW van ProRail</t>
   </si>
   <si>
+    <t>Herinstructie Expert Judgement voor Inspecteur SW van ProRail</t>
+  </si>
+  <si>
     <t>Post21 en de infra-elementen</t>
   </si>
   <si>
     <t>Post21 en de infra-elementen alleen de E-learning</t>
   </si>
   <si>
     <t>SWI GRS SSL &amp; ATG-EG</t>
   </si>
   <si>
     <t>SWI PSSSL</t>
   </si>
   <si>
     <t>SWI Jade SSL</t>
   </si>
   <si>
     <t>SWI Assenteller Alcatel</t>
   </si>
   <si>
     <t>SWI Assenteller GETS</t>
   </si>
   <si>
     <t>SWI Emplacementsbeveiliging NX / EBP-LCE</t>
   </si>
   <si>
     <t>SWI Emplacementsbeveiliging EBS</t>
@@ -476,54 +479,57 @@
   <si>
     <t>SWI Wissels</t>
   </si>
   <si>
     <t>SWI Reglementering</t>
   </si>
   <si>
     <t>SWI PLC interlocking</t>
   </si>
   <si>
     <t>SWI iVPI</t>
   </si>
   <si>
     <t>SWI NCBG</t>
   </si>
   <si>
     <t>SWI Unistar</t>
   </si>
   <si>
     <t>SWI GAST-NL</t>
   </si>
   <si>
     <t>CSD voor OBI</t>
   </si>
   <si>
-    <t>CO-TTI</t>
-[...2 lines deleted...]
-    <t>CO-TTI herinstructie</t>
+    <t>TTI Basisopleiding</t>
+  </si>
+  <si>
+    <t>TTI verdieping deelsystemen en praktijk</t>
+  </si>
+  <si>
+    <t>TTI verdieping procedures</t>
   </si>
   <si>
     <t>Ontwerpen Spoortracé voor HBO-ers</t>
   </si>
   <si>
     <t>ILT basisopleiding infra-inspecteur</t>
   </si>
   <si>
     <t>Werken met Branche Breed Monitoring Systeem (BBMS)</t>
   </si>
   <si>
     <t xml:space="preserve">Installatieverantwoordelijke Baan ProRail </t>
   </si>
   <si>
     <t>621-V1</t>
   </si>
   <si>
     <t>Techniekveld Baan</t>
   </si>
   <si>
     <t>621-V2</t>
   </si>
   <si>
     <t>621-V3</t>
   </si>
@@ -593,51 +599,51 @@
   <si>
     <t>DEKRA Rail:Ultrasoon Inspecteur Railinfra incl. Ultrasoon level 1</t>
   </si>
   <si>
     <t>DEKRA Rail: Ultrasoon Inspecteur aanvulling level 1/level 2</t>
   </si>
   <si>
     <t>Intake Inspecteur Baan</t>
   </si>
   <si>
     <t>Basis Treinbeveiligingstechniek</t>
   </si>
   <si>
     <t>Monteren Elektrische Verbindingen</t>
   </si>
   <si>
     <t>Prorail Monitoring Platform (PMP)</t>
   </si>
   <si>
     <t>Overwegen</t>
   </si>
   <si>
     <t>Installatie en onderhoud hangwerken</t>
   </si>
   <si>
-    <t>Onderhoud LEU en Balise</t>
+    <t>Installatie en onderhoud Eurobalises</t>
   </si>
   <si>
     <t>Treindetectie/-beïnvloeding: Spoorstroomlopen, ATB 1e generatie</t>
   </si>
   <si>
     <t>Treindetectie: Spoorstroomlopen broken rail</t>
   </si>
   <si>
     <t>Treindetectie TCM100</t>
   </si>
   <si>
     <t>Jade2</t>
   </si>
   <si>
     <t>Treindetectie Assentelsysteem General Electric</t>
   </si>
   <si>
     <t>Emplacementsbeveiliging: EBS (SIMIS-C)</t>
   </si>
   <si>
     <t>Emplacementsbeveiliging EBS+ (SIMIS-W)</t>
   </si>
   <si>
     <t>Emplacementsbeveiliging: PLC Interlocking</t>
   </si>
@@ -704,60 +710,54 @@
   <si>
     <t>SIMIS-W / ILX</t>
   </si>
   <si>
     <t>MSTT / LEU / Balise Programmeren</t>
   </si>
   <si>
     <t>Herinstructie Emplacementsbeveiliging: PLC Interlocking</t>
   </si>
   <si>
     <t>Herinstructie Emplacementsbeveiliging: EBS+</t>
   </si>
   <si>
     <t>Montagemonteur Wisselstangen (HDL)</t>
   </si>
   <si>
     <t>Montagemonteur AzLM</t>
   </si>
   <si>
     <t>Montagemonteur  Kabelverdelers</t>
   </si>
   <si>
     <t>Montagemonteur  Seinaspecten en wisselstanden</t>
   </si>
   <si>
-    <t>Montagemonteur  Assistent werkingstest</t>
-[...4 lines deleted...]
-  <si>
     <t>Algemene Instructie Taak Eigen Veiligheid</t>
   </si>
   <si>
-    <t>View voor buitendienststelling (e-learning)</t>
+    <t>E-learning V&amp;G processen</t>
   </si>
   <si>
     <t>Leertraject V&amp;G Coördinator Ontwerpfase (VGC-O)</t>
   </si>
   <si>
     <t>Leertraject V&amp;G Coördinator Uitvoeringsfase (VGC-U)</t>
   </si>
   <si>
     <t>V&amp;G proces voor de Rail Systems Engineers en Planontwikkelaar ProRail</t>
   </si>
   <si>
     <t>V&amp;G proces voor de Bouwmanager ProRail</t>
   </si>
   <si>
     <t>V&amp;G proces voor de Projectmanager ProRail</t>
   </si>
   <si>
     <t>Veiligheidsman/Grenswachter (VHM-GRW)</t>
   </si>
   <si>
     <t>Herinstructie Veiligheidsman/Grenswachter</t>
   </si>
   <si>
     <t>Praktijkleertraject BBD</t>
   </si>
@@ -1207,3652 +1207,3652 @@
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
-        <v>1083</v>
+        <v>1106</v>
       </c>
       <c r="D2">
-        <v>3684</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>31</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3">
-        <v>1170</v>
+        <v>1211</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6">
-        <v>1793</v>
+        <v>1846</v>
       </c>
       <c r="D6">
-        <v>12192</v>
+        <v>12555</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>39</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7">
-        <v>681</v>
+        <v>713</v>
       </c>
       <c r="D7">
-        <v>6950</v>
+        <v>7275</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D8">
-        <v>2311</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>12</v>
       </c>
       <c r="C9">
-        <v>1328</v>
+        <v>1370</v>
       </c>
       <c r="D9">
-        <v>13543</v>
+        <v>13972</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10">
         <v>85</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>60</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11">
-        <v>1044</v>
+        <v>1069</v>
       </c>
       <c r="D11">
-        <v>4437</v>
+        <v>4545</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>65</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12">
-        <v>1217</v>
+        <v>1033</v>
       </c>
       <c r="D12">
-        <v>8273</v>
+        <v>7025</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>70</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13" t="s">
         <v>6</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>94</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="D14">
-        <v>1786</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>97</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
       <c r="C15">
-        <v>366</v>
+        <v>384</v>
       </c>
       <c r="D15">
-        <v>3110</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>99</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16">
-        <v>665</v>
+        <v>691</v>
       </c>
       <c r="D16">
-        <v>5653</v>
+        <v>5870</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>100</v>
       </c>
       <c r="B17" t="s">
         <v>21</v>
       </c>
       <c r="C17">
-        <v>3285</v>
+        <v>3731</v>
       </c>
       <c r="D17">
-        <v>16751</v>
+        <v>19027</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>101</v>
       </c>
       <c r="B18" t="s">
         <v>22</v>
       </c>
       <c r="C18">
-        <v>3647</v>
+        <v>4154</v>
       </c>
       <c r="D18">
-        <v>18601</v>
+        <v>21187</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>103</v>
       </c>
       <c r="B19" t="s">
         <v>23</v>
       </c>
       <c r="C19">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="D19">
-        <v>2623</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>104</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20">
-        <v>210</v>
+        <v>231</v>
       </c>
       <c r="D20">
-        <v>1431</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>110</v>
       </c>
       <c r="B21" t="s">
         <v>25</v>
       </c>
       <c r="C21">
-        <v>3716</v>
+        <v>3852</v>
       </c>
       <c r="D21">
-        <v>12635</v>
+        <v>13097</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>116</v>
       </c>
       <c r="B22" t="s">
         <v>26</v>
       </c>
       <c r="C22">
-        <v>1178</v>
+        <v>1222</v>
       </c>
       <c r="D22">
-        <v>4005</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>120</v>
       </c>
       <c r="B23" t="s">
         <v>27</v>
       </c>
       <c r="C23">
-        <v>2112</v>
+        <v>2192</v>
       </c>
       <c r="D23">
-        <v>14363</v>
+        <v>14907</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>121</v>
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24">
-        <v>4607</v>
+        <v>4782</v>
       </c>
       <c r="D24">
-        <v>15664</v>
+        <v>16259</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>1218</v>
       </c>
       <c r="B25" t="s">
         <v>29</v>
       </c>
       <c r="C25">
-        <v>1197</v>
+        <v>1241</v>
       </c>
       <c r="D25">
-        <v>4070</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>122</v>
       </c>
       <c r="B26" t="s">
         <v>30</v>
       </c>
       <c r="C26">
-        <v>7488</v>
+        <v>7774</v>
       </c>
       <c r="D26">
-        <v>25459</v>
+        <v>26430</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>1228</v>
       </c>
       <c r="B27" t="s">
         <v>31</v>
       </c>
       <c r="C27">
-        <v>1674</v>
+        <v>1736</v>
       </c>
       <c r="D27">
-        <v>5692</v>
+        <v>5903</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>130</v>
       </c>
       <c r="B28" t="s">
         <v>32</v>
       </c>
       <c r="C28">
-        <v>2112</v>
+        <v>2192</v>
       </c>
       <c r="D28">
-        <v>14363</v>
+        <v>14907</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>131</v>
       </c>
       <c r="B29" t="s">
         <v>33</v>
       </c>
       <c r="C29">
-        <v>4607</v>
+        <v>4782</v>
       </c>
       <c r="D29">
-        <v>15664</v>
+        <v>16259</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>132</v>
       </c>
       <c r="B30" t="s">
         <v>34</v>
       </c>
       <c r="C30">
-        <v>7469</v>
+        <v>7754</v>
       </c>
       <c r="D30">
-        <v>25394</v>
+        <v>26365</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>140</v>
       </c>
       <c r="B31" t="s">
         <v>35</v>
       </c>
       <c r="C31">
-        <v>2609</v>
+        <v>2708</v>
       </c>
       <c r="D31">
-        <v>8870</v>
+        <v>9207</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>141</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32">
-        <v>4607</v>
+        <v>4782</v>
       </c>
       <c r="D32">
-        <v>15664</v>
+        <v>16259</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>1418</v>
       </c>
       <c r="B33" t="s">
         <v>37</v>
       </c>
       <c r="C33">
-        <v>1197</v>
+        <v>1241</v>
       </c>
       <c r="D33">
-        <v>4070</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>142</v>
       </c>
       <c r="B34" t="s">
         <v>38</v>
       </c>
       <c r="C34">
-        <v>6199</v>
+        <v>6434</v>
       </c>
       <c r="D34">
-        <v>21076</v>
+        <v>21877</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>1428</v>
       </c>
       <c r="B35" t="s">
         <v>39</v>
       </c>
       <c r="C35">
-        <v>1674</v>
+        <v>1736</v>
       </c>
       <c r="D35">
-        <v>5692</v>
+        <v>5903</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>150</v>
       </c>
       <c r="B36" t="s">
         <v>40</v>
       </c>
       <c r="C36">
-        <v>397</v>
+        <v>418</v>
       </c>
       <c r="D36">
-        <v>2700</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>151</v>
       </c>
       <c r="B37" t="s">
         <v>41</v>
       </c>
       <c r="C37">
-        <v>645</v>
+        <v>683</v>
       </c>
       <c r="D37">
-        <v>4389</v>
+        <v>4644</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>152</v>
       </c>
       <c r="B38" t="s">
         <v>42</v>
       </c>
       <c r="C38">
-        <v>397</v>
+        <v>418</v>
       </c>
       <c r="D38">
-        <v>2700</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>153</v>
       </c>
       <c r="B39" t="s">
         <v>43</v>
       </c>
       <c r="C39">
-        <v>645</v>
+        <v>722</v>
       </c>
       <c r="D39">
-        <v>4389</v>
+        <v>4908</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>154</v>
       </c>
       <c r="B40" t="s">
         <v>44</v>
       </c>
       <c r="C40">
-        <v>974</v>
+        <v>1003</v>
       </c>
       <c r="D40">
-        <v>3311</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>155</v>
       </c>
       <c r="B41" t="s">
         <v>45</v>
       </c>
       <c r="C41">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="D41">
-        <v>1653</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>160</v>
       </c>
       <c r="B42" t="s">
         <v>46</v>
       </c>
       <c r="C42">
-        <v>262</v>
+        <v>276</v>
       </c>
       <c r="D42">
-        <v>2224</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>161</v>
       </c>
       <c r="B43" t="s">
         <v>47</v>
       </c>
       <c r="C43">
-        <v>5609</v>
+        <v>5773</v>
       </c>
       <c r="D43">
-        <v>28604</v>
+        <v>29443</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>163</v>
       </c>
       <c r="B44" t="s">
         <v>48</v>
       </c>
       <c r="C44">
-        <v>2611</v>
+        <v>2769</v>
       </c>
       <c r="D44">
-        <v>13318</v>
+        <v>14120</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>164</v>
       </c>
       <c r="B45" t="s">
         <v>49</v>
       </c>
       <c r="C45">
-        <v>3116</v>
+        <v>3232</v>
       </c>
       <c r="D45">
-        <v>15891</v>
+        <v>16483</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>167</v>
       </c>
       <c r="B46" t="s">
         <v>50</v>
       </c>
       <c r="C46">
-        <v>1276</v>
+        <v>1321</v>
       </c>
       <c r="D46">
-        <v>8678</v>
+        <v>8982</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>168</v>
       </c>
       <c r="B47" t="s">
         <v>51</v>
       </c>
       <c r="C47">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="D47">
-        <v>1736</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>169</v>
       </c>
       <c r="B48" t="s">
         <v>52</v>
       </c>
       <c r="C48">
         <v>378</v>
       </c>
       <c r="D48">
-        <v>2570</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>170</v>
       </c>
       <c r="B49" t="s">
         <v>53</v>
       </c>
       <c r="C49">
-        <v>252</v>
+        <v>276</v>
       </c>
       <c r="D49">
-        <v>1284</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>171</v>
       </c>
       <c r="B50" t="s">
         <v>54</v>
       </c>
       <c r="C50">
-        <v>1752</v>
+        <v>1820</v>
       </c>
       <c r="D50">
-        <v>7447</v>
+        <v>7736</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>172</v>
       </c>
       <c r="B51" t="s">
         <v>55</v>
       </c>
       <c r="C51">
-        <v>2514</v>
+        <v>2611</v>
       </c>
       <c r="D51">
-        <v>8549</v>
+        <v>8878</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>173</v>
       </c>
       <c r="B52" t="s">
         <v>56</v>
       </c>
       <c r="C52">
-        <v>7290</v>
+        <v>7561</v>
       </c>
       <c r="D52">
-        <v>24785</v>
+        <v>25706</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>174</v>
       </c>
       <c r="B53" t="s">
         <v>57</v>
       </c>
       <c r="C53">
-        <v>13186</v>
+        <v>13710</v>
       </c>
       <c r="D53">
-        <v>56042</v>
+        <v>58267</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>183</v>
       </c>
       <c r="B54" t="s">
         <v>58</v>
       </c>
       <c r="C54">
-        <v>1083</v>
+        <v>1124</v>
       </c>
       <c r="D54">
-        <v>3684</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>185</v>
       </c>
       <c r="B55" t="s">
         <v>59</v>
       </c>
       <c r="C55">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>187</v>
       </c>
       <c r="B56" t="s">
         <v>60</v>
       </c>
       <c r="C56">
-        <v>607</v>
+        <v>628</v>
       </c>
       <c r="D56">
-        <v>2062</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>188</v>
       </c>
       <c r="B57" t="s">
         <v>61</v>
       </c>
       <c r="C57">
-        <v>1178</v>
+        <v>1222</v>
       </c>
       <c r="D57">
-        <v>4005</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>189</v>
       </c>
       <c r="B58" t="s">
         <v>62</v>
       </c>
       <c r="C58">
-        <v>607</v>
+        <v>628</v>
       </c>
       <c r="D58">
-        <v>2062</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>191</v>
       </c>
       <c r="B59" t="s">
         <v>63</v>
       </c>
       <c r="C59">
-        <v>607</v>
+        <v>628</v>
       </c>
       <c r="D59">
-        <v>2062</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>192</v>
       </c>
       <c r="B60" t="s">
         <v>64</v>
       </c>
       <c r="C60">
-        <v>940</v>
+        <v>972</v>
       </c>
       <c r="D60">
-        <v>1598</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>193</v>
       </c>
       <c r="B61" t="s">
         <v>65</v>
       </c>
       <c r="C61">
-        <v>607</v>
+        <v>628</v>
       </c>
       <c r="D61">
-        <v>2062</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>197</v>
       </c>
       <c r="B62" t="s">
         <v>66</v>
       </c>
       <c r="C62">
-        <v>607</v>
+        <v>628</v>
       </c>
       <c r="D62">
-        <v>2062</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>205</v>
       </c>
       <c r="B63" t="s">
         <v>67</v>
       </c>
       <c r="C63">
-        <v>479</v>
+        <v>569</v>
       </c>
       <c r="D63">
-        <v>3254</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>206</v>
       </c>
       <c r="B64" t="s">
         <v>68</v>
       </c>
       <c r="C64">
-        <v>2142</v>
+        <v>2275</v>
       </c>
       <c r="D64">
-        <v>10923</v>
+        <v>11601</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>207</v>
       </c>
       <c r="B65" t="s">
         <v>69</v>
       </c>
       <c r="C65">
-        <v>549</v>
+        <v>579</v>
       </c>
       <c r="D65">
-        <v>3736</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>219</v>
       </c>
       <c r="B66" t="s">
         <v>70</v>
       </c>
       <c r="C66">
-        <v>571</v>
+        <v>661</v>
       </c>
       <c r="D66">
-        <v>2911</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>220</v>
       </c>
       <c r="B67" t="s">
         <v>71</v>
       </c>
       <c r="C67">
-        <v>1973</v>
+        <v>2231</v>
       </c>
       <c r="D67">
-        <v>7892</v>
+        <v>8924</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>235</v>
       </c>
       <c r="B68" t="s">
         <v>72</v>
       </c>
       <c r="C68">
-        <v>1215</v>
+        <v>1249</v>
       </c>
       <c r="D68">
-        <v>4858</v>
+        <v>4996</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>24094</v>
       </c>
       <c r="B69" t="s">
         <v>73</v>
       </c>
       <c r="C69" t="s">
         <v>6</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>243</v>
       </c>
       <c r="B70" t="s">
         <v>74</v>
       </c>
       <c r="C70">
-        <v>1306</v>
+        <v>1331</v>
       </c>
       <c r="D70">
-        <v>5224</v>
+        <v>5325</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>250</v>
       </c>
       <c r="B71" t="s">
         <v>75</v>
       </c>
       <c r="C71">
-        <v>822</v>
-[...2 lines deleted...]
-        <v>2795</v>
+        <v>841</v>
+      </c>
+      <c r="D71" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>25098</v>
       </c>
       <c r="B72" t="s">
         <v>76</v>
       </c>
       <c r="C72" t="s">
         <v>6</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>254</v>
       </c>
       <c r="B73" t="s">
         <v>77</v>
       </c>
       <c r="C73">
-        <v>971</v>
-[...2 lines deleted...]
-        <v>3303</v>
+        <v>1102</v>
+      </c>
+      <c r="D73" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>280</v>
       </c>
       <c r="B74" t="s">
         <v>78</v>
       </c>
       <c r="C74">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>2178</v>
+        <v>653</v>
+      </c>
+      <c r="D74" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>284</v>
       </c>
       <c r="B75" t="s">
         <v>79</v>
       </c>
       <c r="C75">
-        <v>790</v>
-[...2 lines deleted...]
-        <v>2687</v>
+        <v>913</v>
+      </c>
+      <c r="D75" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>285</v>
       </c>
       <c r="B76" t="s">
         <v>80</v>
       </c>
       <c r="C76">
-        <v>805</v>
+        <v>823</v>
       </c>
       <c r="D76">
-        <v>2736</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>317</v>
       </c>
       <c r="B77" t="s">
         <v>81</v>
       </c>
       <c r="C77">
-        <v>721</v>
+        <v>746</v>
       </c>
       <c r="D77">
-        <v>2452</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>318</v>
       </c>
       <c r="B78" t="s">
         <v>82</v>
       </c>
       <c r="C78">
-        <v>1675</v>
+        <v>1737</v>
       </c>
       <c r="D78">
-        <v>5695</v>
+        <v>5906</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>319</v>
       </c>
       <c r="B79" t="s">
         <v>83</v>
       </c>
       <c r="C79">
-        <v>3532</v>
+        <v>3664</v>
       </c>
       <c r="D79">
-        <v>12008</v>
+        <v>12458</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>320</v>
       </c>
       <c r="B80" t="s">
         <v>84</v>
       </c>
       <c r="C80">
-        <v>4624</v>
+        <v>4798</v>
       </c>
       <c r="D80">
-        <v>15720</v>
+        <v>16313</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>322</v>
       </c>
       <c r="B81" t="s">
         <v>85</v>
       </c>
       <c r="C81">
-        <v>1239</v>
+        <v>1276</v>
       </c>
       <c r="D81">
-        <v>4212</v>
+        <v>4339</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>324</v>
       </c>
       <c r="B82" t="s">
         <v>86</v>
       </c>
       <c r="C82">
-        <v>1730</v>
+        <v>1793</v>
       </c>
       <c r="D82">
-        <v>5881</v>
+        <v>6097</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>325</v>
       </c>
       <c r="B83" t="s">
         <v>87</v>
       </c>
       <c r="C83">
-        <v>2719</v>
+        <v>3431</v>
       </c>
       <c r="D83">
-        <v>9245</v>
+        <v>11666</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>327</v>
       </c>
       <c r="B84" t="s">
         <v>88</v>
       </c>
       <c r="C84">
-        <v>1308</v>
+        <v>1355</v>
       </c>
       <c r="D84">
-        <v>4447</v>
+        <v>4607</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>328</v>
       </c>
       <c r="B85" t="s">
         <v>89</v>
       </c>
       <c r="C85">
-        <v>2798</v>
+        <v>2904</v>
       </c>
       <c r="D85">
-        <v>9513</v>
+        <v>9873</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>330</v>
       </c>
       <c r="B86" t="s">
         <v>90</v>
       </c>
       <c r="C86">
-        <v>955</v>
+        <v>982</v>
       </c>
       <c r="D86">
-        <v>3248</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>331</v>
       </c>
       <c r="B87" t="s">
         <v>91</v>
       </c>
       <c r="C87">
-        <v>3108</v>
+        <v>3195</v>
       </c>
       <c r="D87">
-        <v>10566</v>
+        <v>10864</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>332</v>
       </c>
       <c r="B88" t="s">
         <v>92</v>
       </c>
       <c r="C88">
-        <v>1730</v>
+        <v>1793</v>
       </c>
       <c r="D88">
-        <v>2881</v>
+        <v>6097</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>334</v>
       </c>
       <c r="B89" t="s">
         <v>93</v>
       </c>
       <c r="C89">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="D89">
-        <v>1827</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>336</v>
       </c>
       <c r="B90" t="s">
         <v>94</v>
       </c>
       <c r="C90">
-        <v>3670</v>
+        <v>3807</v>
       </c>
       <c r="D90">
-        <v>12477</v>
+        <v>12944</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>338</v>
       </c>
       <c r="B91" t="s">
         <v>95</v>
       </c>
       <c r="C91">
-        <v>6382</v>
+        <v>6621</v>
       </c>
       <c r="D91">
-        <v>21698</v>
+        <v>22512</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>343</v>
       </c>
       <c r="B92" t="s">
         <v>96</v>
       </c>
       <c r="C92">
-        <v>1665</v>
+        <v>1727</v>
       </c>
       <c r="D92">
-        <v>5661</v>
+        <v>5872</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>344</v>
       </c>
       <c r="B93" t="s">
         <v>97</v>
       </c>
       <c r="C93">
-        <v>2445</v>
+        <v>2535</v>
       </c>
       <c r="D93">
-        <v>4157</v>
+        <v>4310</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
         <v>345</v>
       </c>
       <c r="B94" t="s">
         <v>98</v>
       </c>
       <c r="C94">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="D94">
-        <v>3405</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
         <v>369</v>
       </c>
       <c r="B95" t="s">
         <v>99</v>
       </c>
       <c r="C95">
-        <v>1044</v>
+        <v>1081</v>
       </c>
       <c r="D95">
-        <v>1775</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
         <v>370</v>
       </c>
       <c r="B96" t="s">
         <v>100</v>
       </c>
       <c r="C96">
-        <v>1675</v>
+        <v>1737</v>
       </c>
       <c r="D96">
-        <v>5695</v>
+        <v>5906</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
         <v>373</v>
       </c>
       <c r="B97" t="s">
         <v>101</v>
       </c>
       <c r="C97">
-        <v>1103</v>
+        <v>1144</v>
       </c>
       <c r="D97">
-        <v>3752</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
         <v>374</v>
       </c>
       <c r="B98" t="s">
         <v>102</v>
       </c>
       <c r="C98">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="D98">
-        <v>1101</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
         <v>375</v>
       </c>
       <c r="B99" t="s">
         <v>103</v>
       </c>
       <c r="C99">
-        <v>371</v>
+        <v>384</v>
       </c>
       <c r="D99">
-        <v>1262</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
         <v>376</v>
       </c>
       <c r="B100" t="s">
         <v>104</v>
       </c>
       <c r="C100">
-        <v>1714</v>
+        <v>1778</v>
       </c>
       <c r="D100">
-        <v>5829</v>
+        <v>6045</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
         <v>378</v>
       </c>
       <c r="B101" t="s">
         <v>105</v>
       </c>
       <c r="C101">
-        <v>4622</v>
+        <v>4792</v>
       </c>
       <c r="D101">
-        <v>7858</v>
+        <v>8146</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
         <v>379</v>
       </c>
       <c r="B102" t="s">
         <v>106</v>
       </c>
       <c r="C102">
-        <v>1845</v>
+        <v>1911</v>
       </c>
       <c r="D102">
-        <v>3136</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
         <v>381</v>
       </c>
       <c r="B103" t="s">
         <v>107</v>
       </c>
       <c r="C103">
-        <v>1103</v>
+        <v>1144</v>
       </c>
       <c r="D103">
-        <v>3752</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
         <v>383</v>
       </c>
       <c r="B104" t="s">
         <v>108</v>
       </c>
       <c r="C104">
-        <v>627</v>
+        <v>648</v>
       </c>
       <c r="D104">
-        <v>2130</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>384</v>
       </c>
       <c r="B105" t="s">
         <v>109</v>
       </c>
       <c r="C105">
-        <v>1083</v>
+        <v>1124</v>
       </c>
       <c r="D105">
-        <v>3684</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
         <v>385</v>
       </c>
       <c r="B106" t="s">
         <v>110</v>
       </c>
       <c r="C106">
-        <v>627</v>
+        <v>648</v>
       </c>
       <c r="D106">
-        <v>2131</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
         <v>386</v>
       </c>
       <c r="B107" t="s">
         <v>111</v>
       </c>
       <c r="C107">
-        <v>2132</v>
+        <v>2213</v>
       </c>
       <c r="D107">
-        <v>7248</v>
+        <v>7523</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
         <v>387</v>
       </c>
       <c r="B108" t="s">
         <v>112</v>
       </c>
       <c r="C108">
-        <v>612</v>
+        <v>633</v>
       </c>
       <c r="D108">
-        <v>2079</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
         <v>388</v>
       </c>
       <c r="B109" t="s">
         <v>113</v>
       </c>
       <c r="C109">
-        <v>1441</v>
+        <v>1494</v>
       </c>
       <c r="D109">
-        <v>4899</v>
+        <v>5081</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
         <v>389</v>
       </c>
       <c r="B110" t="s">
         <v>114</v>
       </c>
       <c r="C110">
-        <v>1024</v>
+        <v>1061</v>
       </c>
       <c r="D110">
-        <v>3483</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
         <v>390</v>
       </c>
       <c r="B111" t="s">
         <v>115</v>
       </c>
       <c r="C111">
-        <v>1178</v>
+        <v>1222</v>
       </c>
       <c r="D111">
-        <v>4005</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
         <v>391</v>
       </c>
       <c r="B112" t="s">
         <v>116</v>
       </c>
       <c r="C112">
-        <v>882</v>
+        <v>914</v>
       </c>
       <c r="D112">
-        <v>3000</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
         <v>392</v>
       </c>
       <c r="B113" t="s">
         <v>117</v>
       </c>
       <c r="C113">
-        <v>1093</v>
+        <v>1134</v>
       </c>
       <c r="D113">
-        <v>3718</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
         <v>395</v>
       </c>
       <c r="B114" t="s">
         <v>118</v>
       </c>
       <c r="C114">
-        <v>1188</v>
+        <v>1232</v>
       </c>
       <c r="D114">
-        <v>4039</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
         <v>396</v>
       </c>
       <c r="B115" t="s">
         <v>119</v>
       </c>
       <c r="C115">
-        <v>1083</v>
+        <v>1124</v>
       </c>
       <c r="D115">
-        <v>3684</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
         <v>397</v>
       </c>
       <c r="B116" t="s">
         <v>120</v>
       </c>
       <c r="C116">
-        <v>2132</v>
+        <v>2213</v>
       </c>
       <c r="D116">
-        <v>7248</v>
+        <v>7523</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
-        <v>411</v>
+        <v>4110</v>
       </c>
       <c r="B117" t="s">
         <v>121</v>
       </c>
       <c r="C117">
-        <v>187</v>
+        <v>231</v>
       </c>
       <c r="D117">
-        <v>636</v>
+        <v>924</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
-        <v>425</v>
+        <v>4118</v>
       </c>
       <c r="B118" t="s">
         <v>122</v>
       </c>
       <c r="C118">
-        <v>1006</v>
+        <v>155</v>
       </c>
       <c r="D118">
-        <v>6844</v>
+        <v>619</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B119" t="s">
         <v>123</v>
       </c>
       <c r="C119">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>1013</v>
+      </c>
+      <c r="D119">
+        <v>6891</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
-        <v>450</v>
+        <v>426</v>
       </c>
       <c r="B120" t="s">
         <v>124</v>
       </c>
       <c r="C120">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>1834</v>
+        <v>53</v>
+      </c>
+      <c r="D120" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B121" t="s">
         <v>125</v>
       </c>
       <c r="C121">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="D121">
-        <v>1868</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B122" t="s">
         <v>126</v>
       </c>
       <c r="C122">
-        <v>539</v>
+        <v>569</v>
       </c>
       <c r="D122">
-        <v>1834</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B123" t="s">
         <v>127</v>
       </c>
       <c r="C123">
-        <v>581</v>
+        <v>559</v>
       </c>
       <c r="D123">
-        <v>2467</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B124" t="s">
         <v>128</v>
       </c>
       <c r="C124">
-        <v>965</v>
+        <v>597</v>
       </c>
       <c r="D124">
-        <v>3281</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B125" t="s">
         <v>129</v>
       </c>
       <c r="C125">
-        <v>902</v>
+        <v>1000</v>
       </c>
       <c r="D125">
-        <v>3067</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B126" t="s">
         <v>130</v>
       </c>
       <c r="C126">
-        <v>902</v>
+        <v>936</v>
       </c>
       <c r="D126">
-        <v>3067</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B127" t="s">
         <v>131</v>
       </c>
-      <c r="C127" t="s">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="C127">
+        <v>936</v>
+      </c>
+      <c r="D127">
+        <v>3182</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B128" t="s">
+        <v>132</v>
+      </c>
+      <c r="C128" t="s">
+        <v>6</v>
+      </c>
+      <c r="D128" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>1834</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B129" t="s">
         <v>134</v>
       </c>
       <c r="C129">
-        <v>681</v>
+        <v>559</v>
       </c>
       <c r="D129">
-        <v>2317</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B130" t="s">
         <v>135</v>
       </c>
       <c r="C130">
-        <v>539</v>
+        <v>706</v>
       </c>
       <c r="D130">
-        <v>1834</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B131" t="s">
         <v>136</v>
       </c>
       <c r="C131">
-        <v>681</v>
+        <v>559</v>
       </c>
       <c r="D131">
-        <v>2317</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B132" t="s">
         <v>137</v>
       </c>
       <c r="C132">
-        <v>287</v>
+        <v>706</v>
       </c>
       <c r="D132">
-        <v>977</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B133" t="s">
         <v>138</v>
       </c>
       <c r="C133">
-        <v>409</v>
+        <v>297</v>
       </c>
       <c r="D133">
-        <v>1738</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B134" t="s">
         <v>139</v>
       </c>
       <c r="C134">
-        <v>358</v>
+        <v>423</v>
       </c>
       <c r="D134">
-        <v>1218</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B135" t="s">
         <v>140</v>
       </c>
       <c r="C135">
-        <v>681</v>
+        <v>370</v>
       </c>
       <c r="D135">
-        <v>2317</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B136" t="s">
         <v>141</v>
       </c>
       <c r="C136">
-        <v>539</v>
+        <v>706</v>
       </c>
       <c r="D136">
-        <v>1834</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B137" t="s">
         <v>142</v>
       </c>
       <c r="C137">
-        <v>902</v>
+        <v>559</v>
       </c>
       <c r="D137">
-        <v>3067</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B138" t="s">
         <v>143</v>
       </c>
       <c r="C138">
-        <v>397</v>
+        <v>936</v>
       </c>
       <c r="D138">
-        <v>3378</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="B139" t="s">
         <v>144</v>
       </c>
       <c r="C139">
-        <v>358</v>
+        <v>413</v>
       </c>
       <c r="D139">
-        <v>1218</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="B140" t="s">
         <v>145</v>
       </c>
-      <c r="C140" t="s">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="C140">
+        <v>370</v>
+      </c>
+      <c r="D140">
+        <v>1260</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B141" t="s">
         <v>146</v>
       </c>
-      <c r="C141">
-[...3 lines deleted...]
-        <v>2363</v>
+      <c r="C141" t="s">
+        <v>133</v>
+      </c>
+      <c r="D141" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B142" t="s">
         <v>147</v>
       </c>
       <c r="C142">
-        <v>297</v>
+        <v>576</v>
       </c>
       <c r="D142">
-        <v>2020</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B143" t="s">
         <v>148</v>
       </c>
       <c r="C143">
-        <v>539</v>
+        <v>305</v>
       </c>
       <c r="D143">
-        <v>1834</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B144" t="s">
         <v>149</v>
       </c>
       <c r="C144">
-        <v>539</v>
+        <v>559</v>
       </c>
       <c r="D144">
-        <v>1834</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B145" t="s">
         <v>150</v>
       </c>
       <c r="C145">
-        <v>297</v>
+        <v>559</v>
       </c>
       <c r="D145">
-        <v>2020</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="B146" t="s">
         <v>151</v>
       </c>
       <c r="C146">
-        <v>488</v>
+        <v>308</v>
       </c>
       <c r="D146">
-        <v>3320</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B147" t="s">
         <v>152</v>
       </c>
       <c r="C147">
-        <v>297</v>
+        <v>507</v>
       </c>
       <c r="D147">
-        <v>2020</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148">
-        <v>513</v>
+        <v>484</v>
       </c>
       <c r="B148" t="s">
         <v>153</v>
       </c>
       <c r="C148">
-        <v>701</v>
+        <v>308</v>
       </c>
       <c r="D148">
-        <v>2384</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149">
-        <v>541</v>
+        <v>513</v>
       </c>
       <c r="B149" t="s">
         <v>154</v>
       </c>
       <c r="C149">
-        <v>2675</v>
+        <v>726</v>
       </c>
       <c r="D149">
-        <v>9094</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
-        <v>545</v>
+        <v>5411</v>
       </c>
       <c r="B150" t="s">
         <v>155</v>
       </c>
       <c r="C150">
-        <v>1566</v>
+        <v>1652</v>
       </c>
       <c r="D150">
-        <v>5323</v>
+        <v>5617</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
-        <v>602</v>
+        <v>5412</v>
       </c>
       <c r="B151" t="s">
         <v>156</v>
       </c>
       <c r="C151">
-        <v>3304</v>
+        <v>1652</v>
       </c>
       <c r="D151">
-        <v>28087</v>
+        <v>5617</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
-        <v>610</v>
+        <v>5413</v>
       </c>
       <c r="B152" t="s">
         <v>157</v>
       </c>
       <c r="C152">
-        <v>1044</v>
+        <v>920</v>
       </c>
       <c r="D152">
-        <v>3549</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153">
-        <v>619</v>
+        <v>602</v>
       </c>
       <c r="B153" t="s">
         <v>158</v>
       </c>
       <c r="C153">
-        <v>161</v>
+        <v>3408</v>
       </c>
       <c r="D153">
-        <v>1098</v>
+        <v>28966</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154">
-        <v>620</v>
+        <v>610</v>
       </c>
       <c r="B154" t="s">
         <v>159</v>
       </c>
       <c r="C154">
-        <v>5584</v>
+        <v>1083</v>
       </c>
       <c r="D154">
-        <v>14240</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="155" spans="1:4">
-      <c r="A155" t="s">
+      <c r="A155">
+        <v>619</v>
+      </c>
+      <c r="B155" t="s">
         <v>160</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155">
-        <v>5482</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>167</v>
+      </c>
+      <c r="D155">
+        <v>1133</v>
       </c>
     </row>
     <row r="156" spans="1:4">
-      <c r="A156" t="s">
-        <v>162</v>
+      <c r="A156">
+        <v>620</v>
       </c>
       <c r="B156" t="s">
         <v>161</v>
       </c>
       <c r="C156">
-        <v>2818</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>5584</v>
+      </c>
+      <c r="D156">
+        <v>14240</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
+        <v>162</v>
+      </c>
+      <c r="B157" t="s">
         <v>163</v>
       </c>
-      <c r="B157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157">
-        <v>1426</v>
+        <v>5482</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>164</v>
       </c>
       <c r="B158" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>163</v>
+      </c>
+      <c r="C158">
+        <v>2818</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
-      <c r="A159">
-        <v>622</v>
+      <c r="A159" t="s">
+        <v>165</v>
       </c>
       <c r="B159" t="s">
+        <v>163</v>
+      </c>
+      <c r="C159">
+        <v>1426</v>
+      </c>
+      <c r="D159" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
         <v>166</v>
-      </c>
-[...9 lines deleted...]
-        <v>630</v>
       </c>
       <c r="B160" t="s">
         <v>167</v>
       </c>
-      <c r="C160">
-[...3 lines deleted...]
-        <v>26215</v>
+      <c r="C160" t="s">
+        <v>6</v>
+      </c>
+      <c r="D160" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="B161" t="s">
         <v>168</v>
       </c>
-      <c r="C161" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C161">
+        <v>341</v>
+      </c>
+      <c r="D161">
+        <v>2319</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="B162" t="s">
         <v>169</v>
       </c>
       <c r="C162">
-        <v>4675</v>
+        <v>3982</v>
       </c>
       <c r="D162">
-        <v>23841</v>
+        <v>27078</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163">
-        <v>645</v>
+        <v>632</v>
       </c>
       <c r="B163" t="s">
         <v>170</v>
       </c>
-      <c r="C163">
-[...3 lines deleted...]
-        <v>1519</v>
+      <c r="C163" t="s">
+        <v>6</v>
+      </c>
+      <c r="D163" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="B164" t="s">
         <v>171</v>
       </c>
       <c r="C164">
-        <v>882</v>
+        <v>4841</v>
       </c>
       <c r="D164">
-        <v>4500</v>
+        <v>24691</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="B165" t="s">
         <v>172</v>
       </c>
       <c r="C165">
-        <v>931</v>
+        <v>461</v>
       </c>
       <c r="D165">
-        <v>2374</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="B166" t="s">
         <v>173</v>
       </c>
       <c r="C166">
-        <v>597</v>
+        <v>912</v>
       </c>
       <c r="D166">
-        <v>1523</v>
+        <v>4653</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="B167" t="s">
         <v>174</v>
       </c>
       <c r="C167">
-        <v>732</v>
+        <v>963</v>
       </c>
       <c r="D167">
-        <v>4978</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168">
-        <v>665</v>
+        <v>654</v>
       </c>
       <c r="B168" t="s">
         <v>175</v>
       </c>
       <c r="C168">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="D168">
-        <v>2161</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="B169" t="s">
         <v>176</v>
       </c>
       <c r="C169">
-        <v>399</v>
+        <v>756</v>
       </c>
       <c r="D169">
-        <v>8139</v>
+        <v>5142</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170">
-        <v>671</v>
+        <v>665</v>
       </c>
       <c r="B170" t="s">
         <v>177</v>
       </c>
-      <c r="C170" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C170">
+        <v>658</v>
+      </c>
+      <c r="D170">
+        <v>2236</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="B171" t="s">
         <v>178</v>
       </c>
       <c r="C171">
-        <v>3701</v>
+        <v>411</v>
       </c>
       <c r="D171">
-        <v>28311</v>
+        <v>8384</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="B172" t="s">
         <v>179</v>
       </c>
       <c r="C172">
-        <v>3701</v>
+        <v>4125</v>
       </c>
       <c r="D172">
-        <v>28311</v>
+        <v>31554</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="B173" t="s">
         <v>180</v>
       </c>
-      <c r="C173" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C173">
+        <v>3701</v>
+      </c>
+      <c r="D173">
+        <v>28311</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="B174" t="s">
         <v>181</v>
       </c>
-      <c r="C174" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C174">
+        <v>3701</v>
+      </c>
+      <c r="D174">
+        <v>28311</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="B175" t="s">
         <v>182</v>
       </c>
-      <c r="C175">
-        <v>175</v>
+      <c r="C175" t="s">
+        <v>6</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="B176" t="s">
         <v>183</v>
       </c>
-      <c r="C176">
-[...3 lines deleted...]
-        <v>910</v>
+      <c r="C176" t="s">
+        <v>6</v>
+      </c>
+      <c r="D176" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="B177" t="s">
         <v>184</v>
       </c>
-      <c r="C177" t="s">
-        <v>132</v>
+      <c r="C177">
+        <v>175</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178">
-        <v>697</v>
+        <v>681</v>
       </c>
       <c r="B178" t="s">
         <v>185</v>
       </c>
       <c r="C178">
-        <v>5964</v>
+        <v>357</v>
       </c>
       <c r="D178">
-        <v>30415</v>
+        <v>910</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179">
-        <v>698</v>
+        <v>690</v>
       </c>
       <c r="B179" t="s">
         <v>186</v>
       </c>
-      <c r="C179">
-[...3 lines deleted...]
-        <v>18812</v>
+      <c r="C179" t="s">
+        <v>133</v>
+      </c>
+      <c r="D179" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B180" t="s">
         <v>187</v>
       </c>
-      <c r="C180" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C180">
+        <v>6128</v>
+      </c>
+      <c r="D180">
+        <v>31253</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="B181" t="s">
         <v>188</v>
       </c>
       <c r="C181">
-        <v>6020</v>
+        <v>3786</v>
       </c>
       <c r="D181">
-        <v>40933</v>
+        <v>19310</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182">
-        <v>711</v>
+        <v>699</v>
       </c>
       <c r="B182" t="s">
         <v>189</v>
       </c>
-      <c r="C182">
-[...3 lines deleted...]
-        <v>3657</v>
+      <c r="C182" t="s">
+        <v>6</v>
+      </c>
+      <c r="D182" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183">
-        <v>715</v>
+        <v>701</v>
       </c>
       <c r="B183" t="s">
         <v>190</v>
       </c>
       <c r="C183">
-        <v>582</v>
+        <v>6252</v>
       </c>
       <c r="D183">
-        <v>4423</v>
+        <v>42512</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="B184" t="s">
         <v>191</v>
       </c>
       <c r="C184">
-        <v>4050</v>
+        <v>739</v>
       </c>
       <c r="D184">
-        <v>13769</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="B185" t="s">
         <v>192</v>
       </c>
       <c r="C185">
-        <v>549</v>
+        <v>603</v>
       </c>
       <c r="D185">
-        <v>1868</v>
+        <v>4582</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="B186" t="s">
         <v>193</v>
       </c>
       <c r="C186">
-        <v>453</v>
+        <v>4203</v>
       </c>
       <c r="D186">
-        <v>2308</v>
+        <v>14291</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187">
-        <v>723</v>
+        <v>717</v>
       </c>
       <c r="B187" t="s">
         <v>194</v>
       </c>
       <c r="C187">
-        <v>4366</v>
+        <v>569</v>
       </c>
       <c r="D187">
-        <v>14843</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="B188" t="s">
         <v>195</v>
       </c>
       <c r="C188">
-        <v>882</v>
+        <v>410</v>
       </c>
       <c r="D188">
-        <v>1500</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="B189" t="s">
         <v>196</v>
       </c>
       <c r="C189">
-        <v>2729</v>
+        <v>4530</v>
       </c>
       <c r="D189">
-        <v>4639</v>
+        <v>15403</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="B190" t="s">
         <v>197</v>
       </c>
       <c r="C190">
-        <v>1854</v>
+        <v>914</v>
       </c>
       <c r="D190">
-        <v>6304</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B191" t="s">
         <v>198</v>
       </c>
       <c r="C191">
-        <v>1367</v>
+        <v>2829</v>
       </c>
       <c r="D191">
-        <v>4648</v>
+        <v>4810</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192">
-        <v>743</v>
+        <v>726</v>
       </c>
       <c r="B192" t="s">
         <v>199</v>
       </c>
       <c r="C192">
-        <v>6992</v>
+        <v>1923</v>
       </c>
       <c r="D192">
-        <v>23772</v>
+        <v>6539</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193">
-        <v>744</v>
+        <v>727</v>
       </c>
       <c r="B193" t="s">
         <v>200</v>
       </c>
       <c r="C193">
-        <v>10019</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>1418</v>
+      </c>
+      <c r="D193">
+        <v>4820</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="B194" t="s">
         <v>201</v>
       </c>
       <c r="C194">
-        <v>2719</v>
+        <v>7259</v>
       </c>
       <c r="D194">
-        <v>4622</v>
+        <v>24680</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="B195" t="s">
         <v>202</v>
       </c>
       <c r="C195">
-        <v>4781</v>
-[...2 lines deleted...]
-        <v>16256</v>
+        <v>10165</v>
+      </c>
+      <c r="D195" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="B196" t="s">
         <v>203</v>
       </c>
       <c r="C196">
-        <v>4452</v>
+        <v>2819</v>
       </c>
       <c r="D196">
-        <v>15136</v>
+        <v>4793</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="B197" t="s">
         <v>204</v>
       </c>
       <c r="C197">
-        <v>3255</v>
+        <v>4914</v>
       </c>
       <c r="D197">
-        <v>11067</v>
+        <v>16709</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B198" t="s">
         <v>205</v>
       </c>
-      <c r="C198" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C198">
+        <v>4546</v>
+      </c>
+      <c r="D198">
+        <v>15458</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="B199" t="s">
         <v>206</v>
       </c>
       <c r="C199">
-        <v>3127</v>
+        <v>3363</v>
       </c>
       <c r="D199">
-        <v>21264</v>
+        <v>11436</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="B200" t="s">
         <v>207</v>
       </c>
-      <c r="C200">
-[...3 lines deleted...]
-        <v>10990</v>
+      <c r="C200" t="s">
+        <v>6</v>
+      </c>
+      <c r="D200" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="B201" t="s">
         <v>208</v>
       </c>
       <c r="C201">
-        <v>2920</v>
+        <v>3219</v>
       </c>
       <c r="D201">
-        <v>24823</v>
+        <v>21889</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="B202" t="s">
         <v>209</v>
       </c>
       <c r="C202">
-        <v>3827</v>
+        <v>1665</v>
       </c>
       <c r="D202">
-        <v>13012</v>
+        <v>11319</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203">
-        <v>767</v>
+        <v>759</v>
       </c>
       <c r="B203" t="s">
         <v>210</v>
       </c>
       <c r="C203">
-        <v>2723</v>
+        <v>3014</v>
       </c>
       <c r="D203">
-        <v>13890</v>
+        <v>25615</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="B204" t="s">
         <v>211</v>
       </c>
       <c r="C204">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>3968</v>
+      </c>
+      <c r="D204">
+        <v>13490</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="B205" t="s">
         <v>212</v>
       </c>
       <c r="C205">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>2799</v>
+      </c>
+      <c r="D205">
+        <v>14277</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206">
-        <v>781</v>
+        <v>775</v>
       </c>
       <c r="B206" t="s">
         <v>213</v>
       </c>
       <c r="C206">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>1685</v>
+        <v>89</v>
+      </c>
+      <c r="D206" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="B207" t="s">
         <v>214</v>
       </c>
       <c r="C207">
-        <v>2034</v>
-[...2 lines deleted...]
-        <v>10376</v>
+        <v>77</v>
+      </c>
+      <c r="D207" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="B208" t="s">
         <v>215</v>
       </c>
       <c r="C208">
-        <v>1571</v>
+        <v>508</v>
       </c>
       <c r="D208">
-        <v>5343</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="B209" t="s">
         <v>216</v>
       </c>
       <c r="C209">
-        <v>1178</v>
+        <v>2108</v>
       </c>
       <c r="D209">
-        <v>4005</v>
+        <v>10753</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="B210" t="s">
         <v>217</v>
       </c>
       <c r="C210">
-        <v>1730</v>
+        <v>1615</v>
       </c>
       <c r="D210">
-        <v>5881</v>
+        <v>5491</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="B211" t="s">
         <v>218</v>
       </c>
       <c r="C211">
-        <v>2435</v>
+        <v>1222</v>
       </c>
       <c r="D211">
-        <v>8280</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212">
-        <v>7941</v>
+        <v>790</v>
       </c>
       <c r="B212" t="s">
         <v>219</v>
       </c>
-      <c r="C212" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C212">
+        <v>1793</v>
+      </c>
+      <c r="D212">
+        <v>6097</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213">
-        <v>7942</v>
+        <v>791</v>
       </c>
       <c r="B213" t="s">
         <v>220</v>
       </c>
-      <c r="C213" t="s">
-        <v>6</v>
+      <c r="C213">
+        <v>2525</v>
       </c>
       <c r="D213">
-        <v>3236</v>
+        <v>8586</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214">
-        <v>7943</v>
+        <v>7941</v>
       </c>
       <c r="B214" t="s">
         <v>221</v>
       </c>
-      <c r="C214" t="s">
-        <v>6</v>
+      <c r="C214">
+        <v>1061</v>
       </c>
       <c r="D214">
-        <v>2223</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215">
-        <v>7944</v>
+        <v>7942</v>
       </c>
       <c r="B215" t="s">
         <v>222</v>
       </c>
       <c r="C215" t="s">
         <v>6</v>
       </c>
       <c r="D215">
-        <v>6319</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216">
-        <v>7945</v>
+        <v>7943</v>
       </c>
       <c r="B216" t="s">
         <v>223</v>
       </c>
       <c r="C216" t="s">
         <v>6</v>
       </c>
       <c r="D216">
-        <v>2007</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217">
-        <v>795</v>
+        <v>7944</v>
       </c>
       <c r="B217" t="s">
         <v>224</v>
       </c>
-      <c r="C217">
-        <v>1740</v>
+      <c r="C217" t="s">
+        <v>6</v>
       </c>
       <c r="D217">
-        <v>2958</v>
+        <v>6319</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218">
-        <v>796</v>
+        <v>7945</v>
       </c>
       <c r="B218" t="s">
         <v>225</v>
       </c>
-      <c r="C218">
-        <v>16411</v>
+      <c r="C218" t="s">
+        <v>6</v>
       </c>
       <c r="D218">
-        <v>27898</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219">
-        <v>8702</v>
+        <v>795</v>
       </c>
       <c r="B219" t="s">
         <v>226</v>
       </c>
       <c r="C219">
-        <v>1122</v>
+        <v>1803</v>
       </c>
       <c r="D219">
-        <v>3814</v>
+        <v>30650</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220">
-        <v>8703</v>
+        <v>796</v>
       </c>
       <c r="B220" t="s">
         <v>227</v>
       </c>
       <c r="C220">
-        <v>831</v>
+        <v>16575</v>
       </c>
       <c r="D220">
-        <v>2825</v>
+        <v>28177</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221">
-        <v>8704</v>
+        <v>8702</v>
       </c>
       <c r="B221" t="s">
         <v>228</v>
       </c>
       <c r="C221">
-        <v>644</v>
+        <v>1122</v>
       </c>
       <c r="D221">
-        <v>3285</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222">
-        <v>8705</v>
+        <v>8703</v>
       </c>
       <c r="B222" t="s">
         <v>229</v>
       </c>
-      <c r="C222" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C222">
+        <v>831</v>
+      </c>
+      <c r="D222">
+        <v>2825</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223">
-        <v>8706</v>
+        <v>8704</v>
       </c>
       <c r="B223" t="s">
         <v>230</v>
       </c>
-      <c r="C223" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C223">
+        <v>644</v>
+      </c>
+      <c r="D223">
+        <v>3285</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224">
-        <v>8707</v>
+        <v>8705</v>
       </c>
       <c r="B224" t="s">
         <v>231</v>
       </c>
       <c r="C224" t="s">
         <v>6</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225">
         <v>901</v>
       </c>
       <c r="B225" t="s">
         <v>232</v>
       </c>
       <c r="C225">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="D225">
-        <v>1700</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226">
-        <v>906</v>
+        <v>9108</v>
       </c>
       <c r="B226" t="s">
         <v>233</v>
       </c>
-      <c r="C226">
-        <v>101</v>
+      <c r="C226" t="s">
+        <v>6</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227">
         <v>912</v>
       </c>
       <c r="B227" t="s">
         <v>234</v>
       </c>
       <c r="C227">
-        <v>1700</v>
+        <v>1740</v>
       </c>
       <c r="D227">
-        <v>11561</v>
+        <v>11835</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228">
         <v>913</v>
       </c>
       <c r="B228" t="s">
         <v>235</v>
       </c>
       <c r="C228">
-        <v>1700</v>
+        <v>1740</v>
       </c>
       <c r="D228">
-        <v>11561</v>
+        <v>11835</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229">
         <v>914</v>
       </c>
       <c r="B229" t="s">
         <v>236</v>
       </c>
       <c r="C229">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="D229">
-        <v>2559</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230">
         <v>915</v>
       </c>
       <c r="B230" t="s">
         <v>237</v>
       </c>
       <c r="C230">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="D230">
-        <v>2559</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231">
         <v>916</v>
       </c>
       <c r="B231" t="s">
         <v>238</v>
       </c>
       <c r="C231">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="D231">
-        <v>2559</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232">
         <v>930</v>
       </c>
       <c r="B232" t="s">
         <v>239</v>
       </c>
       <c r="C232">
-        <v>399</v>
+        <v>422</v>
       </c>
       <c r="D232">
-        <v>2713</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233">
         <v>931</v>
       </c>
       <c r="B233" t="s">
         <v>240</v>
       </c>
       <c r="C233">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="D233">
-        <v>2350</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234">
         <v>935</v>
       </c>
       <c r="B234" t="s">
         <v>241</v>
       </c>
       <c r="C234">
-        <v>789</v>
+        <v>821</v>
       </c>
       <c r="D234">
-        <v>5363</v>
+        <v>5584</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235">
         <v>936</v>
       </c>
       <c r="B235" t="s">
         <v>242</v>
       </c>
       <c r="C235">
-        <v>547</v>
+        <v>561</v>
       </c>
       <c r="D235">
-        <v>3722</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236">
         <v>941</v>
       </c>
       <c r="B236" t="s">
         <v>243</v>
       </c>
       <c r="C236">
-        <v>1723</v>
+        <v>1545</v>
       </c>
       <c r="D236">
-        <v>11718</v>
+        <v>10507</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237">
         <v>942</v>
       </c>
       <c r="B237" t="s">
         <v>244</v>
       </c>
       <c r="C237">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="D237">
-        <v>1213</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238">
         <v>943</v>
       </c>
       <c r="B238" t="s">
         <v>245</v>
       </c>
       <c r="C238">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="D238">
-        <v>1213</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239">
         <v>945</v>
       </c>
       <c r="B239" t="s">
         <v>246</v>
       </c>
       <c r="C239">
-        <v>874</v>
+        <v>895</v>
       </c>
       <c r="D239">
-        <v>5943</v>
+        <v>6084</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240">
         <v>946</v>
       </c>
       <c r="B240" t="s">
         <v>247</v>
       </c>
       <c r="C240">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="D240">
-        <v>1213</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241">
         <v>947</v>
       </c>
       <c r="B241" t="s">
         <v>248</v>
       </c>
       <c r="C241">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="D241">
-        <v>1213</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242">
         <v>949</v>
       </c>
       <c r="B242" t="s">
         <v>249</v>
       </c>
       <c r="C242">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="D242">
-        <v>1221</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243">
         <v>951</v>
       </c>
       <c r="B243" t="s">
         <v>250</v>
       </c>
       <c r="C243">
-        <v>1237</v>
+        <v>1267</v>
       </c>
       <c r="D243">
-        <v>8409</v>
+        <v>8613</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244">
         <v>952</v>
       </c>
       <c r="B244" t="s">
         <v>251</v>
       </c>
       <c r="C244">
-        <v>2230</v>
+        <v>2283</v>
       </c>
       <c r="D244">
-        <v>15163</v>
+        <v>15525</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245">
         <v>953</v>
       </c>
       <c r="B245" t="s">
         <v>252</v>
       </c>
       <c r="C245">
-        <v>3250</v>
+        <v>3324</v>
       </c>
       <c r="D245">
-        <v>16577</v>
+        <v>16952</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246">
         <v>954</v>
       </c>
       <c r="B246" t="s">
         <v>253</v>
       </c>
       <c r="C246">
-        <v>14260</v>
+        <v>14536</v>
       </c>
       <c r="D246">
-        <v>24242</v>
+        <v>24711</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247">
         <v>955</v>
       </c>
       <c r="B247" t="s">
         <v>254</v>
       </c>
       <c r="C247">
-        <v>593</v>
+        <v>606</v>
       </c>
       <c r="D247">
-        <v>3025</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248">
         <v>963</v>
       </c>
       <c r="B248" t="s">
         <v>255</v>
       </c>
       <c r="C248">
-        <v>532</v>
+        <v>545</v>
       </c>
       <c r="D248">
-        <v>5428</v>
+        <v>5562</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249">
         <v>974</v>
       </c>
       <c r="B249" t="s">
         <v>256</v>
       </c>
       <c r="C249">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="D249">
-        <v>1553</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250">
         <v>980</v>
       </c>
       <c r="B250" t="s">
         <v>257</v>
       </c>
       <c r="C250">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="D250">
-        <v>2248</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251">
         <v>991</v>
       </c>
       <c r="B251" t="s">
         <v>258</v>
       </c>
       <c r="C251">
-        <v>626</v>
+        <v>641</v>
       </c>
       <c r="D251">
-        <v>4258</v>
+        <v>4360</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252">
         <v>992</v>
       </c>
       <c r="B252" t="s">
         <v>259</v>
       </c>
       <c r="C252">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="D252">
-        <v>2623</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253">
         <v>993</v>
       </c>
       <c r="B253" t="s">
         <v>260</v>
       </c>
       <c r="C253">
-        <v>604</v>
+        <v>621</v>
       </c>
       <c r="D253">
-        <v>4106</v>
+        <v>4223</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254">
         <v>994</v>
       </c>
       <c r="B254" t="s">
         <v>261</v>
       </c>
       <c r="C254">
-        <v>589</v>
+        <v>611</v>
       </c>
       <c r="D254">
-        <v>4002</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255">
         <v>995</v>
       </c>
       <c r="B255" t="s">
         <v>262</v>
       </c>
       <c r="C255">
-        <v>541</v>
+        <v>562</v>
       </c>
       <c r="D255">
-        <v>3680</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256">
         <v>996</v>
       </c>
       <c r="B256" t="s">
         <v>263</v>
       </c>
       <c r="C256">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="D256">
-        <v>1992</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257">
         <v>997</v>
       </c>
       <c r="B257" t="s">
         <v>264</v>
       </c>
       <c r="C257">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="D257">
-        <v>2313</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258">
         <v>998</v>
       </c>
       <c r="B258" t="s">
         <v>265</v>
       </c>
       <c r="C258">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="D258">
-        <v>2313</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259">
         <v>999</v>
       </c>
       <c r="B259" t="s">
         <v>266</v>
       </c>
       <c r="C259">
-        <v>368</v>
+        <v>386</v>
       </c>
       <c r="D259">
-        <v>1251</v>
+        <v>1312</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -4862,32 +4862,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>C4 WebConnect Portal</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Tarieven opleidingen Railcenter 2025-12-07</dc:title>
+  <dc:title>Tarieven opleidingen Railcenter 2026-03-01</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>